--- v0 (2025-10-26)
+++ v1 (2026-02-28)
@@ -1,512 +1,899 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\Drupal\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{2D8BCF7A-78DA-487E-9492-947EA0B6766E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
-  <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="FmFIJ3v3pvCVfMCUJvpOhXCmHataOPeqYWSTtBGUPSH699yIkM/l/sJRQYFMIwQ7vGh+Wpd4zIxaMwgy1qJ+EQ==" workbookSaltValue="eaEZH0iSx34LwY2wAindyA==" workbookSpinCount="100000" lockStructure="1"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{455DF59D-1A9A-4EAF-97A1-C009F7DB7236}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="13176" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28692" yWindow="-108" windowWidth="29016" windowHeight="16416" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Contract Year 2026" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="494" uniqueCount="168">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="970" uniqueCount="304">
   <si>
     <t>ProfileID</t>
   </si>
   <si>
     <t>ProfileName</t>
   </si>
   <si>
     <t>ProfileTypeCode</t>
   </si>
   <si>
     <t>ProfileTypeDesc</t>
   </si>
   <si>
     <t>SumOfTotal_Amount</t>
   </si>
   <si>
     <t>State_amount</t>
   </si>
   <si>
     <t>State %</t>
   </si>
   <si>
     <t>State_ID</t>
   </si>
   <si>
     <t>Fed_amount</t>
   </si>
   <si>
     <t>Federal %</t>
   </si>
   <si>
     <t>FED_ALN</t>
   </si>
   <si>
+    <t xml:space="preserve">REGNL RADON INF CENTERS  </t>
+  </si>
+  <si>
+    <t>F</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CONTRACT CONTROLLED           </t>
+  </si>
+  <si>
+    <t>WH/FP RH 255.06 (2)(D)</t>
+  </si>
+  <si>
     <t xml:space="preserve">WH/FP RH 146.68          </t>
   </si>
   <si>
-    <t>F</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">INFANT MORTALITY-RACINE  </t>
   </si>
   <si>
+    <t xml:space="preserve">GPR CANCER, CITY OF MILW </t>
+  </si>
+  <si>
     <t xml:space="preserve">CONGENITAL DISORDERS     </t>
   </si>
   <si>
     <t>CONGENITAL DISORDERS PROD</t>
   </si>
   <si>
     <t xml:space="preserve">CONGENITAL DISORDERS 2   </t>
   </si>
   <si>
     <t xml:space="preserve">BEHAVIORAL HLTH SVCS SUP </t>
   </si>
   <si>
+    <t xml:space="preserve">IMMUNIZATION 2           </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEXUAL RISK AVOIDANCE ED </t>
+  </si>
+  <si>
+    <t>OPIOID PROVIDER SYS &amp; SUP</t>
+  </si>
+  <si>
+    <t>OVERDOSE FATALITY REVIEWS</t>
+  </si>
+  <si>
+    <t>OVERDOSE DATA TO ACTION</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CCCP INTERVENTIONS       </t>
+  </si>
+  <si>
+    <t>EPA INDOOR RADON SERVICES</t>
+  </si>
+  <si>
     <t>ATSDR MINI GRANTS FOR COMMUNITY-BASED ORGANIZATIONS</t>
   </si>
   <si>
     <t>DIABETES PREVENTION AND CONTROL GPR</t>
   </si>
   <si>
+    <t>COM HLTH CNTRS 250.15 2 C</t>
+  </si>
+  <si>
+    <t>COM HLTH CNTRS 250.15 2 B</t>
+  </si>
+  <si>
+    <t>COM HLTH CNTRS 250.15 2 A</t>
+  </si>
+  <si>
+    <t>COMMUNITY HEALTH SERVICES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">COM HLTH CNTRS CLINICS   </t>
+  </si>
+  <si>
+    <t>MARQUETTE DENTAL SERVICES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DENTAL SERVICES          </t>
+  </si>
+  <si>
+    <t xml:space="preserve">DENTAL SEALANT           </t>
+  </si>
+  <si>
+    <t>STATEWIDE STRATEGIES TO ADVANCE ORAL HEALTH IN WISCONSIN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WH/FP RH 253.07 (E)      </t>
+  </si>
+  <si>
+    <t>PED MNTL HLTH CARE ACCESS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WH/FP RH 253.07 (D)      </t>
+  </si>
+  <si>
+    <t>MATERNAL HEALTH INNOV</t>
+  </si>
+  <si>
+    <t>NATIONAL PARTNERSHIP COAG</t>
+  </si>
+  <si>
     <t>2304- HEART DISEASE</t>
   </si>
   <si>
     <t>2320- DIABETES</t>
   </si>
   <si>
+    <t>COMP SUICIDE PREV</t>
+  </si>
+  <si>
     <t xml:space="preserve">NEWBORN SCREENING        </t>
   </si>
   <si>
     <t>NEWBORN SCREENING HEMOGLOBIN ONGOING CLINICAL CARE</t>
   </si>
   <si>
     <t>NEWBORN SCREENING SPINAL MUSCULAR ATROPHY ONGOING CLINICAL CARE</t>
   </si>
   <si>
+    <t>2358 ADDRESSING CONDITIONS TO IMPROVE POPULATION HEALTH (ACTION)</t>
+  </si>
+  <si>
     <t>TRAUMA PROGRAM - REGIONAL TRAUMA ADVISORY COUNCIL (RTAC)</t>
   </si>
   <si>
     <t>TRAUMA PROGRAM - REGIONAL TRAUMA ADVISORY COUNCIL (RTAC) COORDINATOR</t>
   </si>
   <si>
     <t>TRAUMA PROGRAM - REGIONAL TRAUMA ADVISORY COUNCIL (RTAC) LEAD COORDINATOR</t>
   </si>
   <si>
     <t>TRAUMA PROGRAM - STATEWIDE TRAUMA CARE SYSTEM</t>
   </si>
   <si>
+    <t>SPAN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SNAP NUTR ED GRANT       </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CSFP PROGRAM             </t>
+  </si>
+  <si>
     <t>BIRTH DEF MEDIA CAMPAIGN</t>
   </si>
   <si>
     <t xml:space="preserve">BIOT FOCUS A PLANNING    </t>
   </si>
   <si>
     <t>LOCAL HEALTH DEPARTMENTS IMMUNIZATION CONSOLIDATED CONTRACT</t>
   </si>
   <si>
     <t xml:space="preserve">INFERTILITY PREVENTION   </t>
   </si>
   <si>
     <t xml:space="preserve">WI PRIMARY CARE          </t>
   </si>
   <si>
+    <t>BIOTERRORISM PREPAREDNESS</t>
+  </si>
+  <si>
+    <t>ASTHMA CONTROL THROUGH EXHALE STRATEGIES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ENV PH TRACKING NETWORK  </t>
+  </si>
+  <si>
     <t xml:space="preserve">RAPE PREV AND EDUCATION  </t>
   </si>
   <si>
-    <t xml:space="preserve">BIOT RISK COMMUNICATION  </t>
+    <t>BIOT RISK COMMUNICATION</t>
+  </si>
+  <si>
+    <t>PUBLIC HEALTH EMERGENCY PREPAREDNESS (PHEP) BIO TERRORISM RISK COMMUNICATION CARRYOVER</t>
   </si>
   <si>
     <t xml:space="preserve">BIOT PREPARE - CRI       </t>
   </si>
   <si>
     <t>EMER MED SERVICE CHILDREN</t>
   </si>
   <si>
+    <t>CCCP DEVELOP &amp; EVALUATION</t>
+  </si>
+  <si>
     <t>CHILD PSYCH CNSLT PRG GPR</t>
   </si>
   <si>
+    <t xml:space="preserve">TPCP-CESSATION SUPPRT(C) </t>
+  </si>
+  <si>
+    <t>ELC CORE FUNDING</t>
+  </si>
+  <si>
     <t>ELC COVID FUNDING</t>
   </si>
   <si>
+    <t>ALLIED HEALTH PROFESSIONALS</t>
+  </si>
+  <si>
+    <t>ADVANCED PRACTICE CLINICIAN</t>
+  </si>
+  <si>
     <t xml:space="preserve">COMM DISEASE CTRL &amp; PREV </t>
   </si>
   <si>
     <t>PAUL COVERDELL NATIONAL ACUTE STROKE PROGRAM</t>
   </si>
   <si>
     <t xml:space="preserve">HIV PREVENTION - IDU     </t>
   </si>
   <si>
     <t xml:space="preserve">HIV LCS/EI(GPR)          </t>
   </si>
   <si>
+    <t>HIV HIGH IMPACT-PARTNER SERVICES</t>
+  </si>
+  <si>
     <t xml:space="preserve">HIV PREVENTION - ASO     </t>
   </si>
   <si>
+    <t xml:space="preserve">HIV PREVENTION TARGETED  </t>
+  </si>
+  <si>
+    <t>HIV DIS</t>
+  </si>
+  <si>
     <t xml:space="preserve">WWWP GPR EDU AND MJA     </t>
   </si>
   <si>
+    <t>WWWP PATIENT EDUCATION</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WWWP-NBCCEDP             </t>
+  </si>
+  <si>
+    <t xml:space="preserve">WELL WOMAN WISEWOMAN     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CONS CONTRACTS CHHD LD   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">GPR LEAD                 </t>
+  </si>
+  <si>
     <t xml:space="preserve">TPCP STATEWIDE TTA       </t>
   </si>
   <si>
+    <t xml:space="preserve">TPCP-COMM &amp; SUSTAIN      </t>
+  </si>
+  <si>
     <t xml:space="preserve">TPCP-SCHOOLBASEDPROGRAMB </t>
   </si>
   <si>
+    <t xml:space="preserve">CONS CONTRACTS PHHS      </t>
+  </si>
+  <si>
+    <t>WISCONSIN CORE STATE INJURY PREVENTION PROGRAM (SIPP)</t>
+  </si>
+  <si>
     <t>SRAE IMPLEMENTATION</t>
   </si>
   <si>
+    <t xml:space="preserve">FP DUAL PROTECTION SITE  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">WH/FP RH 253.07 GPR      </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CONS CONTRACTS MCH       </t>
+  </si>
+  <si>
+    <t xml:space="preserve">WH/FP RH 20.435 (1)(EV)  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">WH/FP RH 253.07(4)(A)    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PERS RESP EDUC PROG-PREP </t>
+  </si>
+  <si>
     <t>SURGICAL QUALITY IMPROVE</t>
   </si>
   <si>
     <t>TITLE X CLINICS</t>
   </si>
   <si>
     <t>TITLE X TTA</t>
   </si>
   <si>
     <t>TEEN PREG PREVENTION</t>
   </si>
   <si>
+    <t>LOW INCOME DENTAL CLINICS</t>
+  </si>
+  <si>
     <t>MINORITY HEALTH GRANTS</t>
   </si>
   <si>
-    <t>MINORITY HEALTH GRANTS MATCH</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">OUTREACH SRVC-LGBT       </t>
   </si>
   <si>
     <t xml:space="preserve">TPCP-QUITLINE FED        </t>
   </si>
   <si>
     <t>E</t>
   </si>
   <si>
     <t>SUM-SUFFICIENT</t>
   </si>
   <si>
-    <t xml:space="preserve">TPCP-QUITLINE GPR        </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">TPCP- OUTREACH FED       </t>
   </si>
   <si>
-    <t xml:space="preserve">TPCP-OUTREACH GPR        </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">TPCP-CESSATION SUPPORT   </t>
   </si>
   <si>
     <t xml:space="preserve">TPCP CESSATION OUTREACH  </t>
   </si>
   <si>
     <t xml:space="preserve">TPCP CESSATION WINTIP    </t>
   </si>
   <si>
     <t>TPCP CESSATION PREG SMOKE</t>
   </si>
   <si>
     <t xml:space="preserve">TPCP WI WINS             </t>
   </si>
   <si>
     <t xml:space="preserve">TPCP YOUNG ADULT SPARK   </t>
   </si>
   <si>
     <t xml:space="preserve">TPCP YOUTH PROG FACT     </t>
   </si>
   <si>
     <t xml:space="preserve">TPCP YOUTH PROG NOT      </t>
   </si>
   <si>
     <t xml:space="preserve">TPCP COMMUNITY INTRVNS   </t>
   </si>
   <si>
     <t xml:space="preserve">TPCP SURVEILLANCE &amp; EVAL </t>
   </si>
   <si>
+    <t>SEXUAL ASSAULT PREVENTION</t>
+  </si>
+  <si>
+    <t>APS-ADULT PROTECTIVE SVCS</t>
+  </si>
+  <si>
+    <t>CHILDREN'S COP</t>
+  </si>
+  <si>
+    <t>ALZHEIMERS FAMILY SUPPORT</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WISTECH                  </t>
+  </si>
+  <si>
     <t>ICANCONNECT CDBP</t>
   </si>
   <si>
     <t xml:space="preserve">GUARDIANSHIP SERVICES    </t>
   </si>
   <si>
     <t xml:space="preserve">INDEPENDENT LIVING       </t>
   </si>
   <si>
+    <t>TTL VII CH 1 PRT B IL DVR</t>
+  </si>
+  <si>
+    <t>COORDINATED SERVICES-CTY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">COMMUNITY MENTAL HEALTH  </t>
+  </si>
+  <si>
+    <t>COMMUNITY PARTNERSHIPS FOR DIVERSION FROM YOUTH JUSTICE-STATE/CTY CONTRACT</t>
+  </si>
+  <si>
+    <t>DOMESTIC ABUSE LATER LIFE</t>
+  </si>
+  <si>
     <t xml:space="preserve">PROTECTION &amp; ADVOCACY    </t>
   </si>
   <si>
-    <t xml:space="preserve">WI LIFE SPAN RESPITE     </t>
+    <t>MH TRANFORMATION ACTIVITY</t>
+  </si>
+  <si>
+    <t>CMHSBG-TRAINING</t>
+  </si>
+  <si>
+    <t>MH PREVENTION &amp; QI</t>
+  </si>
+  <si>
+    <t>WI LIFE SPAN RESPITE</t>
+  </si>
+  <si>
+    <t>WISCONSIN LIFESPAN RESPITE FEDERAL GRANT PROGRAM</t>
   </si>
   <si>
     <t>RESPITE STATE ENHANCE</t>
   </si>
   <si>
     <t xml:space="preserve">HEALTHY BEGINNINGS       </t>
   </si>
   <si>
+    <t>AODA SRVS TO HISPANICS  C</t>
+  </si>
+  <si>
     <t xml:space="preserve">ALLIANCE WI YTH          </t>
   </si>
   <si>
+    <t xml:space="preserve">DOC DJC JUV SVS SABGT    </t>
+  </si>
+  <si>
+    <t>DOC ADULT INST SVCS SABGT</t>
+  </si>
+  <si>
+    <t>DOC ADULT COMM SVCS SABGT</t>
+  </si>
+  <si>
+    <t>DOC PEER SPECIALIST SABGT</t>
+  </si>
+  <si>
     <t xml:space="preserve">YOUTH AODA               </t>
   </si>
   <si>
     <t xml:space="preserve">GAMBLING AWARENESS       </t>
   </si>
   <si>
+    <t>ADD MED CONSULT LINE</t>
+  </si>
+  <si>
+    <t>TREATMENT COCAINE FAMILY</t>
+  </si>
+  <si>
+    <t>PEER SPECIALIST CERT</t>
+  </si>
+  <si>
+    <t>SAPTBG PREVENTION PROJS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CMHSBG SUPPORTED EMPLOY  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MH EVALUATION SERVICES   </t>
+  </si>
+  <si>
     <t>CAPITAL CONSTRUCTION</t>
   </si>
   <si>
+    <t>988 IMPROVEMENT</t>
+  </si>
+  <si>
+    <t>988 DATA IMPROVEMENT</t>
+  </si>
+  <si>
     <t>QTT SUPPORT AND TRAINING</t>
   </si>
   <si>
+    <t>COMM IMPROVEMENT JOB TRNG</t>
+  </si>
+  <si>
+    <t>VOICES FOR RECOVERY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SA TRAUMA CARE           </t>
+  </si>
+  <si>
     <t>YCSF PR</t>
   </si>
   <si>
     <t>WOMENS TREATMENT ARC</t>
   </si>
   <si>
     <t>SPECIAL PROJ-SUICIDEPREV</t>
   </si>
   <si>
+    <t>COMM-BASED OPIOIDPREV-AWY</t>
+  </si>
+  <si>
+    <t>TRIBAL OVERDOSE PREV EVAL</t>
+  </si>
+  <si>
+    <t>ALLIANCE WI YOUTH SOR4</t>
+  </si>
+  <si>
+    <t>YOUTH CRISIS STABILIZATION FACILITY BSCA</t>
+  </si>
+  <si>
     <t>PEER RUN RESPITE-VETERANS</t>
   </si>
   <si>
-    <t>SPEC PROJ-SUICIDEPR-MATCH</t>
+    <t>CRISIS TEXT LINE</t>
   </si>
   <si>
     <t>PEER LEADERSHIP TECHNICAL ASSISTANCE</t>
   </si>
   <si>
+    <t>EVIDENCE BASED PRACTICE IN FAMILY TREATMENT</t>
+  </si>
+  <si>
+    <t>CAPITAL CONSTRUCTION - GPR</t>
+  </si>
+  <si>
+    <t>OPIOID ABATEMENT EFFORTS BY LAW ENFORCEMENT AGENCIES-CONSOLIDATED (NON-TRIBAL)</t>
+  </si>
+  <si>
+    <t>PEER RUN RESPITE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PATH                     </t>
+  </si>
+  <si>
+    <t>YOUTH CRISIS STABILIZATION FACILITY BSCA NON-PROFIT</t>
+  </si>
+  <si>
+    <t>ADDICTION RECOVERY LINE SOR</t>
+  </si>
+  <si>
     <t>BRIGHTER FUTURES-GPR</t>
   </si>
   <si>
     <t xml:space="preserve">CRISIS INTERVENTION TRNG </t>
   </si>
   <si>
+    <t>COORDINATED SPECIALTY CARE TA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SUBSTANCE ABUSE TRT TANF </t>
+  </si>
+  <si>
+    <t>METHAMMPHETAMINE TRTMNT</t>
+  </si>
+  <si>
+    <t>AODA TREATMENT SERVICES</t>
+  </si>
+  <si>
+    <t>AODA WOMEN'S TREATMENT</t>
+  </si>
+  <si>
+    <t>BIRTH TO THREE INITIATIVE</t>
+  </si>
+  <si>
+    <t>BIRTH TO 3 PROGRAM GRANTS</t>
+  </si>
+  <si>
+    <t>84.181A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ADRC DBS ATTY MA REIMB   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ADRC DBS ATTY GPR REIMB  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ADRC BASE GPR REIMB      </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ADRC LTCFS/DATA MA REIMB </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ADRC I/A MA REIMB        </t>
+  </si>
+  <si>
+    <t>ELDER BENEFIT SPECIALIST PROGRAM—717 SUPPORT MEDICAID SHARE</t>
+  </si>
+  <si>
+    <t>ELDER BENEFIT SPECIALIST PROGRAM—717 SUPPORT GPR PAYMENT PROFILE</t>
+  </si>
+  <si>
     <t>WI DIS BEN NET - LTC WDBN</t>
   </si>
   <si>
+    <t xml:space="preserve">ADRC LMS MA REIMB        </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ADRC LMS GPR REIMB       </t>
+  </si>
+  <si>
+    <t>HEALTH DATA  ADRC MA</t>
+  </si>
+  <si>
+    <t>HEALTH DATA ADRC GPR</t>
+  </si>
+  <si>
+    <t>AAA ADMINISTRATION</t>
+  </si>
+  <si>
+    <t>BEN SPEC LEGAL SVCS STATE</t>
+  </si>
+  <si>
+    <t>ADRC EBS GPR REIMB</t>
+  </si>
+  <si>
+    <t>STATE AGING UNIT EBS</t>
+  </si>
+  <si>
+    <t>ADRC SPAP EBS</t>
+  </si>
+  <si>
+    <t>SENIOR COMMUNITY SVS PROG</t>
+  </si>
+  <si>
+    <t>LEGAL SERVICE TITLE III B</t>
+  </si>
+  <si>
+    <t>TITLE 3B SUPPORTIVE SVS</t>
+  </si>
+  <si>
+    <t>TITLE 3C1 CONG MEAL PROG</t>
+  </si>
+  <si>
+    <t>TITLE 3C-2 HOME MEALS</t>
+  </si>
+  <si>
+    <t>ADRC REFERRAL SERVICES-MA SHARE</t>
+  </si>
+  <si>
+    <t>ADRC REFERRAL SERVICES-GPR SHARE</t>
+  </si>
+  <si>
+    <t>ALZH DISEASE TRAIN   INFO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BOLD                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BOLD SPECIAL PROJ        </t>
+  </si>
+  <si>
+    <t>BOLD ALZ EDUC OUTREACH</t>
+  </si>
+  <si>
     <t>HEALTH INS INFORMATN SHIP</t>
   </si>
   <si>
+    <t>ELDER ABUSE SERVICE</t>
+  </si>
+  <si>
+    <t>PREVENTIVE HEALTH T3D</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MIPPA                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MIPPA-AAA                </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MIPPA-ADRC               </t>
+  </si>
+  <si>
+    <t>FAMILY CAREGIVERS SUPPORT</t>
+  </si>
+  <si>
+    <t>BASIC COUNTY ALLOCATION</t>
+  </si>
+  <si>
+    <t>MENTAL HEALTH BLOCK GRANT</t>
+  </si>
+  <si>
+    <t>AODA BLOCK GRANT</t>
+  </si>
+  <si>
+    <t>AODA INNER CITY SERVICES</t>
+  </si>
+  <si>
     <t xml:space="preserve">TRIBES - BIRTH TO THREE  </t>
   </si>
   <si>
     <t>TRIBE BIRTH TO 3 FED ONLY</t>
   </si>
   <si>
-    <t xml:space="preserve">TRIBAL AODA TREATMENT    </t>
-[...14 lines deleted...]
-    <t>TRIBAL OVERDOSE PREV EVAL</t>
+    <t>TRIBAL AODA TREATMENT</t>
+  </si>
+  <si>
+    <t>TRIBAL MHBG</t>
+  </si>
+  <si>
+    <t>TRIBAL CST INITIATIVE</t>
+  </si>
+  <si>
+    <t>SA PREVENTION</t>
+  </si>
+  <si>
+    <t>OPIOID ABATEMENT EFFORTS</t>
+  </si>
+  <si>
+    <t>OD2A-S TRIBAL</t>
+  </si>
+  <si>
+    <t>MCKINSEY OPIOID SETTLEMENT FUNDING</t>
+  </si>
+  <si>
+    <t>FAMILY SERVICES</t>
   </si>
   <si>
     <t xml:space="preserve">TRIBAL MEDICAL RELIEF BK </t>
   </si>
   <si>
     <t xml:space="preserve">MEDICAID ELIG OUTREACH   </t>
   </si>
   <si>
     <t>WI WELL WOMEN PROGRAM</t>
   </si>
   <si>
     <t xml:space="preserve">COOP AM INDIAN HLTH PROJ </t>
   </si>
   <si>
     <t>COM HLTH CNTRS TRBL</t>
   </si>
   <si>
     <t xml:space="preserve">TRIBAL COMM HLTH CNTR    </t>
   </si>
   <si>
     <t>PREVENTIVE HLTH&amp;HLTH SERV</t>
   </si>
   <si>
     <t>HIV PREVENTION (MINORITY)</t>
   </si>
   <si>
+    <t>TRIBAL NATION IMMUNIZATION FEDERALLY QUALIFIED HEALTH CENTER</t>
+  </si>
+  <si>
     <t xml:space="preserve">DIABETES PRS2011         </t>
   </si>
   <si>
+    <t>2320 ADVANCING HEALTH EQUITY FOR PRIORITY POPULATIONS WITH OR AT RISK FOR DIABETES</t>
+  </si>
+  <si>
     <t xml:space="preserve">MCH REPRODUCTIVE HEALTH  </t>
   </si>
   <si>
     <t xml:space="preserve">TOBACCO NETWORK          </t>
   </si>
   <si>
-    <t>BIOTERRORISM PREPAREDNESS</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">SNAP-ED TRIBES           </t>
   </si>
   <si>
     <t>ELC COVID TRIBAL FUNDING</t>
   </si>
   <si>
     <t>COM DIS CTRL &amp; PREV TRIBE</t>
   </si>
   <si>
     <t xml:space="preserve">I &amp; A TRIBAL DBS EXP FED </t>
   </si>
   <si>
-    <t>I&amp;A TRIBALDBS GPR-GPRLIKE</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">LTCFS-DATA FED           </t>
   </si>
   <si>
-    <t xml:space="preserve">OTHER I&amp;A TRIBAL DBS EXP </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">TRIBAL DBS PROGRAM       </t>
   </si>
   <si>
     <t>TRIBAL DEMENTIACARE MAFED</t>
   </si>
   <si>
-    <t>TRIBAL DEMENTIACARE MAGPR</t>
-[...4 lines deleted...]
-  <si>
     <t>TRIBAL DEMENTIA CARE PROJ</t>
   </si>
   <si>
     <t>TRIBAL DCS LTCFS DATA FED</t>
   </si>
   <si>
-    <t>TRIBAL DCS LTCFS DATA GPR</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">I&amp;A TRIBAL ADR EXP FED   </t>
   </si>
   <si>
-    <t xml:space="preserve">I&amp;A TRIBAL ADR EXP GPR   </t>
-[...4 lines deleted...]
-  <si>
     <t>TRIBAL ADRSPECIALIST PROG</t>
   </si>
   <si>
     <t>TRIBAL HLTH INS INFO SHIP</t>
   </si>
   <si>
     <t xml:space="preserve">TRIBAL EBS I/A MA        </t>
   </si>
   <si>
-    <t xml:space="preserve">TRIBAL EBS I/A MA GPR    </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">TRIBAL EBS LTCFS/DATA MA </t>
   </si>
   <si>
-    <t>TRIBAL EBS LTCFS/DATA GPR</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">TRIBAL BEN SPEC AGING    </t>
   </si>
   <si>
     <t>TRIBAL FOSTER GRANDPARENT</t>
   </si>
   <si>
     <t>TRIBAL EBS OCI REPLACMENT</t>
   </si>
   <si>
     <t xml:space="preserve">TRIBAL SENIOR COMP PRGM  </t>
   </si>
   <si>
     <t xml:space="preserve">FSET ADMIN GPR/FED BASE  </t>
   </si>
   <si>
     <t xml:space="preserve">FSET TRANSP GPR/FED BASE </t>
   </si>
   <si>
     <t xml:space="preserve">FSET RETENT GPR/FED BASE </t>
   </si>
   <si>
     <t xml:space="preserve">IM STATE REIMBURSEMENT   </t>
   </si>
   <si>
     <t xml:space="preserve">IM FS CERT FED REIMBURSE </t>
@@ -514,269 +901,405 @@
   <si>
     <t>IM FS ISSUE FED REIMBURSE</t>
   </si>
   <si>
     <t>IM WISCONSIN MEDICAID FED</t>
   </si>
   <si>
     <t xml:space="preserve">IM BC+ T19 FED REIMB     </t>
   </si>
   <si>
     <t xml:space="preserve">IM BC+ T21 CHILDREN FED  </t>
   </si>
   <si>
     <t xml:space="preserve">IM FPW FED REIMBURSEMENT </t>
   </si>
   <si>
     <t xml:space="preserve">FPI STATE/LOCAL SHARE    </t>
   </si>
   <si>
     <t xml:space="preserve">FS FPI FED               </t>
   </si>
   <si>
     <t xml:space="preserve">MA FPI FED               </t>
   </si>
   <si>
+    <t xml:space="preserve">TEFAP-EFO'S              </t>
+  </si>
+  <si>
+    <t>THE EMERGENCY FOOD ASSISTANCE PROGRAM (TEFAP)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TEFAP-WISCAP             </t>
+  </si>
+  <si>
     <t xml:space="preserve">IM OUTREACH              </t>
   </si>
   <si>
     <t>CRISIS BHTP-NON MA</t>
   </si>
   <si>
     <t>CRISIS BHTP-GPR MATCH MA</t>
   </si>
   <si>
     <t>CRISIS BHTP-LOC MATCH MA</t>
   </si>
   <si>
     <t>CRISIS BHTP-MA MATCH GPR</t>
   </si>
   <si>
     <t>CRISIS BHTP-MA MATCH LOC</t>
   </si>
   <si>
     <t xml:space="preserve">REGIONAL CRISIS GRANTS   </t>
   </si>
   <si>
     <t xml:space="preserve">MA CRISIS TRAINING-FED   </t>
   </si>
   <si>
     <t>MA CRISIS TRAINING-NONFED</t>
+  </si>
+  <si>
+    <t>CLTS WAIVER CWA ADMIN GPR</t>
+  </si>
+  <si>
+    <t>CLTS WAIVER CWA ADMIN FED</t>
+  </si>
+  <si>
+    <t>T3ENATLFAMILYCAREGVERSUPP</t>
+  </si>
+  <si>
+    <t>Updated 12.10.25</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="000.000000"/>
     <numFmt numFmtId="165" formatCode="00.000"/>
   </numFmts>
-  <fonts count="3" x14ac:knownFonts="1">
+  <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="2">
+  <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="11">
+  <cellXfs count="22">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="10" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="44" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="44" fontId="0" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="165" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment wrapText="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="44" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="44" fontId="0" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="10" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
+    <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
+    <xf numFmtId="44" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="9" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="165" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="10" fontId="0" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
-  <cellStyles count="2">
+  <cellStyles count="3">
     <cellStyle name="Currency" xfId="1" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
+    <cellStyle name="Percent" xfId="2" builtinId="5"/>
   </cellStyles>
-  <dxfs count="7">
+  <dxfs count="13">
     <dxf>
       <numFmt numFmtId="165" formatCode="00.000"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
     </dxf>
     <dxf>
       <numFmt numFmtId="164" formatCode="000.000000"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
     </dxf>
     <dxf>
-      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{6D15709C-C473-41F3-92A5-AC787CF0F48F}" name="Table1" displayName="Table1" ref="A1:K1044211" totalsRowShown="0" headerRowDxfId="6">
-[...2 lines deleted...]
-    <sortCondition ref="A2:A162"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{6D15709C-C473-41F3-92A5-AC787CF0F48F}" name="Table1" displayName="Table1" ref="A2:K321" totalsRowShown="0" headerRowDxfId="12" dataDxfId="11">
+  <autoFilter ref="A2:K321" xr:uid="{6D15709C-C473-41F3-92A5-AC787CF0F48F}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:K321">
+    <sortCondition ref="A267:A321"/>
   </sortState>
   <tableColumns count="11">
-    <tableColumn id="1" xr3:uid="{396D7DFC-28B0-4F97-A0F5-A178F66FDFE5}" name="ProfileID"/>
-[...8 lines deleted...]
-    <tableColumn id="10" xr3:uid="{AE58008F-4083-41A0-82EA-1C2FA2BC3228}" name="Federal %"/>
+    <tableColumn id="1" xr3:uid="{396D7DFC-28B0-4F97-A0F5-A178F66FDFE5}" name="ProfileID" dataDxfId="10"/>
+    <tableColumn id="2" xr3:uid="{2A05D916-9DC6-4221-8087-E00D4BE73798}" name="ProfileName" dataDxfId="9"/>
+    <tableColumn id="3" xr3:uid="{6B754979-DBEB-49CD-B290-8851C34610A5}" name="ProfileTypeCode" dataDxfId="8"/>
+    <tableColumn id="4" xr3:uid="{5419B58D-48A3-486B-9420-6927268771AD}" name="ProfileTypeDesc" dataDxfId="7"/>
+    <tableColumn id="5" xr3:uid="{25E7E36D-2761-44AD-B6F7-482ED3F06D9D}" name="SumOfTotal_Amount" dataDxfId="6" dataCellStyle="Currency"/>
+    <tableColumn id="6" xr3:uid="{C14B09C6-B999-4027-B404-2018AFEC5609}" name="State_amount" dataDxfId="5" dataCellStyle="Currency"/>
+    <tableColumn id="7" xr3:uid="{74657AB2-8F68-4356-90C5-47C79F6ED0B3}" name="State %" dataDxfId="4"/>
+    <tableColumn id="8" xr3:uid="{06DC76DA-0F4E-4284-AE2A-8BF43A92348E}" name="State_ID" dataDxfId="3"/>
+    <tableColumn id="9" xr3:uid="{BAC0D62F-6405-4C41-8409-426FFD132021}" name="Fed_amount" dataDxfId="2" dataCellStyle="Currency"/>
+    <tableColumn id="10" xr3:uid="{AE58008F-4083-41A0-82EA-1C2FA2BC3228}" name="Federal %" dataDxfId="1"/>
     <tableColumn id="11" xr3:uid="{375FA35E-C2CE-434A-9E45-08A5CE278C4C}" name="FED_ALN" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight15" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
@@ -1001,4320 +1524,9351 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:W162"/>
+  <dimension ref="A1:T321"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="K1" sqref="A1:K1048576"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="A5" sqref="A5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="8.21875" customWidth="1"/>
-[...9 lines deleted...]
-    <col min="11" max="11" width="10.77734375" style="8" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="10.6640625" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="29.33203125" customWidth="1"/>
+    <col min="3" max="3" width="17.5546875" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="26.88671875" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="22.6640625" style="3" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="16.5546875" style="3" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="9.5546875" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="11.5546875" style="5" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="15.44140625" style="3" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="11.5546875" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="10.6640625" style="7" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="22.6640625" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="24" customWidth="1"/>
+    <col min="14" max="14" width="45.109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" x14ac:dyDescent="0.3">
-      <c r="A1" s="2" t="s">
+      <c r="A1" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="2" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A2" s="8" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="9" t="s">
-[...2 lines deleted...]
-      <c r="C1" s="2" t="s">
+      <c r="B2" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="8" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="2" t="s">
+      <c r="D2" s="8" t="s">
         <v>3</v>
       </c>
-      <c r="E1" s="3" t="s">
+      <c r="E2" s="9" t="s">
         <v>4</v>
       </c>
-      <c r="F1" s="3" t="s">
+      <c r="F2" s="9" t="s">
         <v>5</v>
       </c>
-      <c r="G1" s="2" t="s">
+      <c r="G2" s="8" t="s">
         <v>6</v>
       </c>
-      <c r="H1" s="5" t="s">
+      <c r="H2" s="10" t="s">
         <v>7</v>
       </c>
-      <c r="I1" s="3" t="s">
+      <c r="I2" s="9" t="s">
         <v>8</v>
       </c>
-      <c r="J1" s="2" t="s">
+      <c r="J2" s="8" t="s">
         <v>9</v>
       </c>
-      <c r="K1" s="7" t="s">
+      <c r="K2" s="11" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="2" spans="1:11" x14ac:dyDescent="0.3">
-      <c r="A2">
+    <row r="3" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A3" s="12">
         <v>75</v>
       </c>
-      <c r="B2" s="10" t="s">
-[...18 lines deleted...]
-      <c r="K2" s="8">
+      <c r="B3" s="12" t="s">
+        <v>291</v>
+      </c>
+      <c r="C3" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" s="13">
+        <v>167878</v>
+      </c>
+      <c r="F3" s="13"/>
+      <c r="G3" s="14"/>
+      <c r="H3" s="15"/>
+      <c r="I3" s="13">
+        <v>167878</v>
+      </c>
+      <c r="J3" s="14">
+        <v>1</v>
+      </c>
+      <c r="K3" s="16">
         <v>93.778000000000006</v>
       </c>
     </row>
-    <row r="3" spans="1:11" x14ac:dyDescent="0.3">
-[...22 lines deleted...]
-      <c r="K3" s="8">
+    <row r="4" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A4" s="12">
+        <v>312</v>
+      </c>
+      <c r="B4" s="12" t="s">
+        <v>127</v>
+      </c>
+      <c r="C4" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" s="13">
+        <v>5900619</v>
+      </c>
+      <c r="F4" s="13">
+        <v>5900619</v>
+      </c>
+      <c r="G4" s="14">
+        <v>1</v>
+      </c>
+      <c r="H4" s="15">
+        <v>435.00031200000001</v>
+      </c>
+      <c r="I4" s="13"/>
+      <c r="J4" s="12"/>
+      <c r="K4" s="16"/>
+    </row>
+    <row r="5" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A5" s="12">
+        <v>377</v>
+      </c>
+      <c r="B5" s="12" t="s">
+        <v>128</v>
+      </c>
+      <c r="C5" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" s="13">
+        <v>10994527</v>
+      </c>
+      <c r="F5" s="13">
+        <v>10994527</v>
+      </c>
+      <c r="G5" s="14">
+        <v>1</v>
+      </c>
+      <c r="H5" s="15">
+        <v>435.00037700000001</v>
+      </c>
+      <c r="I5" s="13"/>
+      <c r="J5" s="12"/>
+      <c r="K5" s="16"/>
+    </row>
+    <row r="6" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A6" s="12">
+        <v>381</v>
+      </c>
+      <c r="B6" s="12" t="s">
+        <v>129</v>
+      </c>
+      <c r="C6" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" s="13">
+        <v>1724277</v>
+      </c>
+      <c r="F6" s="13">
+        <v>1724277</v>
+      </c>
+      <c r="G6" s="14">
+        <v>1</v>
+      </c>
+      <c r="H6" s="15">
+        <v>435.000381</v>
+      </c>
+      <c r="I6" s="13"/>
+      <c r="J6" s="12"/>
+      <c r="K6" s="16"/>
+    </row>
+    <row r="7" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A7" s="12">
+        <v>515</v>
+      </c>
+      <c r="B7" s="12" t="s">
+        <v>135</v>
+      </c>
+      <c r="C7" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" s="13">
+        <v>3840000</v>
+      </c>
+      <c r="F7" s="13"/>
+      <c r="G7" s="14"/>
+      <c r="H7" s="15"/>
+      <c r="I7" s="13">
+        <v>740000</v>
+      </c>
+      <c r="J7" s="14">
+        <v>0.19270000000000001</v>
+      </c>
+      <c r="K7" s="16">
+        <v>93.957999999999998</v>
+      </c>
+    </row>
+    <row r="8" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A8" s="12">
+        <v>515</v>
+      </c>
+      <c r="B8" s="12" t="s">
+        <v>135</v>
+      </c>
+      <c r="C8" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" s="13">
+        <v>3840000</v>
+      </c>
+      <c r="F8" s="13"/>
+      <c r="G8" s="14"/>
+      <c r="H8" s="15"/>
+      <c r="I8" s="13">
+        <v>89352</v>
+      </c>
+      <c r="J8" s="14">
+        <v>2.3300000000000001E-2</v>
+      </c>
+      <c r="K8" s="16">
+        <v>93.959000000000003</v>
+      </c>
+    </row>
+    <row r="9" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A9" s="12">
+        <v>515</v>
+      </c>
+      <c r="B9" s="12" t="s">
+        <v>135</v>
+      </c>
+      <c r="C9" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" s="13">
+        <v>3840000</v>
+      </c>
+      <c r="F9" s="13">
+        <v>3010648</v>
+      </c>
+      <c r="G9" s="14">
+        <v>0.78400000000000003</v>
+      </c>
+      <c r="H9" s="15">
+        <v>435.00051500000001</v>
+      </c>
+      <c r="I9" s="13"/>
+      <c r="J9" s="12"/>
+      <c r="K9" s="16"/>
+    </row>
+    <row r="10" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A10" s="12">
+        <v>516</v>
+      </c>
+      <c r="B10" s="12" t="s">
+        <v>136</v>
+      </c>
+      <c r="C10" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D10" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" s="13">
+        <v>24348700</v>
+      </c>
+      <c r="F10" s="13">
+        <v>24348700</v>
+      </c>
+      <c r="G10" s="14">
+        <v>1</v>
+      </c>
+      <c r="H10" s="15">
+        <v>435.000516</v>
+      </c>
+      <c r="I10" s="13"/>
+      <c r="J10" s="12"/>
+      <c r="K10" s="16"/>
+    </row>
+    <row r="11" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A11" s="12">
+        <v>520</v>
+      </c>
+      <c r="B11" s="12" t="s">
+        <v>137</v>
+      </c>
+      <c r="C11" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" s="13">
+        <v>1386021</v>
+      </c>
+      <c r="F11" s="13"/>
+      <c r="G11" s="14"/>
+      <c r="H11" s="15"/>
+      <c r="I11" s="13">
+        <v>1386021</v>
+      </c>
+      <c r="J11" s="14">
+        <v>1</v>
+      </c>
+      <c r="K11" s="16">
+        <v>93.959000000000003</v>
+      </c>
+    </row>
+    <row r="12" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A12" s="12">
+        <v>535</v>
+      </c>
+      <c r="B12" s="12" t="s">
+        <v>188</v>
+      </c>
+      <c r="C12" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D12" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" s="13">
+        <v>4394595</v>
+      </c>
+      <c r="F12" s="13">
+        <v>4394595</v>
+      </c>
+      <c r="G12" s="14">
+        <v>1</v>
+      </c>
+      <c r="H12" s="15">
+        <v>435.00053500000001</v>
+      </c>
+      <c r="I12" s="13"/>
+      <c r="J12" s="12"/>
+      <c r="K12" s="16"/>
+    </row>
+    <row r="13" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A13" s="12">
+        <v>544</v>
+      </c>
+      <c r="B13" s="12" t="s">
+        <v>189</v>
+      </c>
+      <c r="C13" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D13" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" s="13">
+        <v>200000</v>
+      </c>
+      <c r="F13" s="13"/>
+      <c r="G13" s="14"/>
+      <c r="H13" s="15"/>
+      <c r="I13" s="13">
+        <v>200000</v>
+      </c>
+      <c r="J13" s="14">
+        <v>1</v>
+      </c>
+      <c r="K13" s="16">
+        <v>93.959000000000003</v>
+      </c>
+    </row>
+    <row r="14" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A14" s="12">
+        <v>545</v>
+      </c>
+      <c r="B14" s="12" t="s">
+        <v>190</v>
+      </c>
+      <c r="C14" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D14" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" s="13">
+        <v>5549349</v>
+      </c>
+      <c r="F14" s="13"/>
+      <c r="G14" s="14"/>
+      <c r="H14" s="15"/>
+      <c r="I14" s="13">
+        <v>5549349</v>
+      </c>
+      <c r="J14" s="14">
+        <v>1</v>
+      </c>
+      <c r="K14" s="16">
+        <v>93.959000000000003</v>
+      </c>
+    </row>
+    <row r="15" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A15" s="12">
+        <v>546</v>
+      </c>
+      <c r="B15" s="12" t="s">
+        <v>191</v>
+      </c>
+      <c r="C15" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D15" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" s="13">
+        <v>1752426</v>
+      </c>
+      <c r="F15" s="13"/>
+      <c r="G15" s="14"/>
+      <c r="H15" s="15"/>
+      <c r="I15" s="13">
+        <v>1752426</v>
+      </c>
+      <c r="J15" s="14">
+        <v>1</v>
+      </c>
+      <c r="K15" s="16">
+        <v>93.959000000000003</v>
+      </c>
+    </row>
+    <row r="16" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A16" s="12">
+        <v>550</v>
+      </c>
+      <c r="B16" s="12" t="s">
+        <v>192</v>
+      </c>
+      <c r="C16" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D16" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" s="13">
+        <v>13181055</v>
+      </c>
+      <c r="F16" s="13"/>
+      <c r="G16" s="14"/>
+      <c r="H16" s="15"/>
+      <c r="I16" s="13">
+        <v>6436701</v>
+      </c>
+      <c r="J16" s="14">
+        <v>0.48830000000000001</v>
+      </c>
+      <c r="K16" s="16">
         <v>84.180999999999997</v>
       </c>
     </row>
-    <row r="4" spans="1:11" x14ac:dyDescent="0.3">
-[...446 lines deleted...]
-      <c r="M20" s="2"/>
+    <row r="17" spans="1:20" x14ac:dyDescent="0.3">
+      <c r="A17" s="12">
+        <v>550</v>
+      </c>
+      <c r="B17" s="12" t="s">
+        <v>192</v>
+      </c>
+      <c r="C17" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D17" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" s="13">
+        <v>13181055</v>
+      </c>
+      <c r="F17" s="13">
+        <v>6744354</v>
+      </c>
+      <c r="G17" s="14">
+        <v>0.51170000000000004</v>
+      </c>
+      <c r="H17" s="15">
+        <v>435.00054999999998</v>
+      </c>
+      <c r="I17" s="13"/>
+      <c r="J17" s="12"/>
+      <c r="K17" s="16"/>
+    </row>
+    <row r="18" spans="1:20" x14ac:dyDescent="0.3">
+      <c r="A18" s="12">
+        <v>552</v>
+      </c>
+      <c r="B18" s="12" t="s">
+        <v>193</v>
+      </c>
+      <c r="C18" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D18" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" s="13">
+        <v>233835</v>
+      </c>
+      <c r="F18" s="13"/>
+      <c r="G18" s="14"/>
+      <c r="H18" s="15"/>
+      <c r="I18" s="13">
+        <v>114189</v>
+      </c>
+      <c r="J18" s="14">
+        <v>0.48830000000000001</v>
+      </c>
+      <c r="K18" s="16" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="19" spans="1:20" x14ac:dyDescent="0.3">
+      <c r="A19" s="12">
+        <v>552</v>
+      </c>
+      <c r="B19" s="12" t="s">
+        <v>193</v>
+      </c>
+      <c r="C19" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D19" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" s="13">
+        <v>233835</v>
+      </c>
+      <c r="F19" s="13">
+        <v>119646</v>
+      </c>
+      <c r="G19" s="14">
+        <v>0.51170000000000004</v>
+      </c>
+      <c r="H19" s="15">
+        <v>435.00055200000003</v>
+      </c>
+      <c r="I19" s="13"/>
+      <c r="J19" s="12"/>
+      <c r="K19" s="16"/>
+    </row>
+    <row r="20" spans="1:20" x14ac:dyDescent="0.3">
+      <c r="A20" s="12">
+        <v>561</v>
+      </c>
+      <c r="B20" s="12" t="s">
+        <v>230</v>
+      </c>
+      <c r="C20" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D20" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" s="13">
+        <v>36738290</v>
+      </c>
+      <c r="F20" s="13"/>
+      <c r="G20" s="14"/>
+      <c r="H20" s="15"/>
+      <c r="I20" s="13">
+        <v>16129500</v>
+      </c>
+      <c r="J20" s="14">
+        <v>0.439</v>
+      </c>
+      <c r="K20" s="16">
+        <v>93.667000000000002</v>
+      </c>
+      <c r="L20" s="1"/>
+      <c r="M20" s="1"/>
       <c r="N20" s="2"/>
       <c r="O20" s="2"/>
-      <c r="P20" s="2"/>
-[...9 lines deleted...]
-      <c r="A21">
+      <c r="P20" s="1"/>
+      <c r="Q20" s="4"/>
+      <c r="R20" s="2"/>
+      <c r="S20" s="1"/>
+      <c r="T20" s="6"/>
+    </row>
+    <row r="21" spans="1:20" x14ac:dyDescent="0.3">
+      <c r="A21" s="12">
+        <v>561</v>
+      </c>
+      <c r="B21" s="12" t="s">
+        <v>230</v>
+      </c>
+      <c r="C21" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D21" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" s="13">
+        <v>36738290</v>
+      </c>
+      <c r="F21" s="13">
+        <v>20608790</v>
+      </c>
+      <c r="G21" s="14">
+        <v>0.56100000000000005</v>
+      </c>
+      <c r="H21" s="15">
+        <v>435.000561</v>
+      </c>
+      <c r="I21" s="13"/>
+      <c r="J21" s="12"/>
+      <c r="K21" s="16"/>
+    </row>
+    <row r="22" spans="1:20" x14ac:dyDescent="0.3">
+      <c r="A22" s="12">
+        <v>569</v>
+      </c>
+      <c r="B22" s="12" t="s">
+        <v>231</v>
+      </c>
+      <c r="C22" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D22" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" s="13">
+        <v>2513400</v>
+      </c>
+      <c r="F22" s="13"/>
+      <c r="G22" s="14"/>
+      <c r="H22" s="15"/>
+      <c r="I22" s="13">
+        <v>2513400</v>
+      </c>
+      <c r="J22" s="14">
+        <v>1</v>
+      </c>
+      <c r="K22" s="16">
+        <v>93.957999999999998</v>
+      </c>
+    </row>
+    <row r="23" spans="1:20" x14ac:dyDescent="0.3">
+      <c r="A23" s="12">
+        <v>570</v>
+      </c>
+      <c r="B23" s="12" t="s">
+        <v>232</v>
+      </c>
+      <c r="C23" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D23" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" s="13">
+        <v>2433925</v>
+      </c>
+      <c r="F23" s="13"/>
+      <c r="G23" s="14"/>
+      <c r="H23" s="15"/>
+      <c r="I23" s="13">
+        <v>2433925</v>
+      </c>
+      <c r="J23" s="14">
+        <v>1</v>
+      </c>
+      <c r="K23" s="16">
+        <v>93.959000000000003</v>
+      </c>
+    </row>
+    <row r="24" spans="1:20" x14ac:dyDescent="0.3">
+      <c r="A24" s="12">
+        <v>589</v>
+      </c>
+      <c r="B24" s="12" t="s">
+        <v>233</v>
+      </c>
+      <c r="C24" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" s="13">
+        <v>150000</v>
+      </c>
+      <c r="F24" s="13"/>
+      <c r="G24" s="14"/>
+      <c r="H24" s="15"/>
+      <c r="I24" s="13">
+        <v>150000</v>
+      </c>
+      <c r="J24" s="14">
+        <v>1</v>
+      </c>
+      <c r="K24" s="16">
+        <v>93.959000000000003</v>
+      </c>
+    </row>
+    <row r="25" spans="1:20" x14ac:dyDescent="0.3">
+      <c r="A25" s="12">
+        <v>877</v>
+      </c>
+      <c r="B25" s="12" t="s">
+        <v>300</v>
+      </c>
+      <c r="C25" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D25" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" s="13">
+        <v>4468712</v>
+      </c>
+      <c r="F25" s="13">
+        <v>4468712</v>
+      </c>
+      <c r="G25" s="14">
+        <v>1</v>
+      </c>
+      <c r="H25" s="15">
+        <v>435.000877</v>
+      </c>
+      <c r="I25" s="13"/>
+      <c r="J25" s="12"/>
+      <c r="K25" s="16"/>
+    </row>
+    <row r="26" spans="1:20" x14ac:dyDescent="0.3">
+      <c r="A26" s="12">
+        <v>878</v>
+      </c>
+      <c r="B26" s="12" t="s">
+        <v>301</v>
+      </c>
+      <c r="C26" s="12" t="s">
+        <v>113</v>
+      </c>
+      <c r="D26" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="E26" s="13">
+        <v>4468714</v>
+      </c>
+      <c r="F26" s="13"/>
+      <c r="G26" s="14"/>
+      <c r="H26" s="15"/>
+      <c r="I26" s="13">
+        <v>4468714</v>
+      </c>
+      <c r="J26" s="14">
+        <v>1</v>
+      </c>
+      <c r="K26" s="16">
+        <v>93.778000000000006</v>
+      </c>
+    </row>
+    <row r="27" spans="1:20" x14ac:dyDescent="0.3">
+      <c r="A27" s="12">
+        <v>65005</v>
+      </c>
+      <c r="B27" s="12" t="s">
+        <v>234</v>
+      </c>
+      <c r="C27" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D27" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" s="13">
+        <v>110000</v>
+      </c>
+      <c r="F27" s="13"/>
+      <c r="G27" s="14"/>
+      <c r="H27" s="15"/>
+      <c r="I27" s="13">
+        <v>60000</v>
+      </c>
+      <c r="J27" s="14">
+        <v>0.54549999999999998</v>
+      </c>
+      <c r="K27" s="16">
+        <v>84.180999999999997</v>
+      </c>
+    </row>
+    <row r="28" spans="1:20" x14ac:dyDescent="0.3">
+      <c r="A28" s="12">
+        <v>65005</v>
+      </c>
+      <c r="B28" s="12" t="s">
+        <v>234</v>
+      </c>
+      <c r="C28" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D28" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" s="13">
+        <v>110000</v>
+      </c>
+      <c r="F28" s="13">
+        <v>50000</v>
+      </c>
+      <c r="G28" s="14">
+        <v>0.45450000000000002</v>
+      </c>
+      <c r="H28" s="15">
+        <v>435.06500499999999</v>
+      </c>
+      <c r="I28" s="13"/>
+      <c r="J28" s="12"/>
+      <c r="K28" s="16"/>
+    </row>
+    <row r="29" spans="1:20" x14ac:dyDescent="0.3">
+      <c r="A29" s="12">
+        <v>65006</v>
+      </c>
+      <c r="B29" s="12" t="s">
+        <v>235</v>
+      </c>
+      <c r="C29" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D29" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" s="13">
+        <v>10000</v>
+      </c>
+      <c r="F29" s="13"/>
+      <c r="G29" s="14"/>
+      <c r="H29" s="15"/>
+      <c r="I29" s="13">
+        <v>10000</v>
+      </c>
+      <c r="J29" s="14">
+        <v>1</v>
+      </c>
+      <c r="K29" s="16">
+        <v>84.180999999999997</v>
+      </c>
+    </row>
+    <row r="30" spans="1:20" x14ac:dyDescent="0.3">
+      <c r="A30" s="12">
+        <v>65050</v>
+      </c>
+      <c r="B30" s="12" t="s">
+        <v>236</v>
+      </c>
+      <c r="C30" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D30" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" s="13">
+        <v>21800</v>
+      </c>
+      <c r="F30" s="13"/>
+      <c r="G30" s="14"/>
+      <c r="H30" s="15"/>
+      <c r="I30" s="13">
+        <v>21800</v>
+      </c>
+      <c r="J30" s="14">
+        <v>1</v>
+      </c>
+      <c r="K30" s="16">
+        <v>93.959000000000003</v>
+      </c>
+    </row>
+    <row r="31" spans="1:20" x14ac:dyDescent="0.3">
+      <c r="A31" s="12">
+        <v>65057</v>
+      </c>
+      <c r="B31" s="12" t="s">
+        <v>237</v>
+      </c>
+      <c r="C31" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D31" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" s="13">
+        <v>100000</v>
+      </c>
+      <c r="F31" s="13"/>
+      <c r="G31" s="14"/>
+      <c r="H31" s="15"/>
+      <c r="I31" s="13">
+        <v>100000</v>
+      </c>
+      <c r="J31" s="14">
+        <v>1</v>
+      </c>
+      <c r="K31" s="16">
+        <v>93.957999999999998</v>
+      </c>
+    </row>
+    <row r="32" spans="1:20" x14ac:dyDescent="0.3">
+      <c r="A32" s="12">
+        <v>65065</v>
+      </c>
+      <c r="B32" s="12" t="s">
+        <v>238</v>
+      </c>
+      <c r="C32" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D32" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" s="13">
+        <v>660000</v>
+      </c>
+      <c r="F32" s="13"/>
+      <c r="G32" s="14"/>
+      <c r="H32" s="15"/>
+      <c r="I32" s="13">
+        <v>660000</v>
+      </c>
+      <c r="J32" s="14">
+        <v>1</v>
+      </c>
+      <c r="K32" s="16">
+        <v>93.957999999999998</v>
+      </c>
+    </row>
+    <row r="33" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A33" s="12">
+        <v>65124</v>
+      </c>
+      <c r="B33" s="12" t="s">
+        <v>239</v>
+      </c>
+      <c r="C33" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D33" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" s="13">
+        <v>132000</v>
+      </c>
+      <c r="F33" s="13"/>
+      <c r="G33" s="14"/>
+      <c r="H33" s="15"/>
+      <c r="I33" s="13">
+        <v>132000</v>
+      </c>
+      <c r="J33" s="14">
+        <v>1</v>
+      </c>
+      <c r="K33" s="16">
+        <v>93.959000000000003</v>
+      </c>
+    </row>
+    <row r="34" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A34" s="12">
+        <v>65179</v>
+      </c>
+      <c r="B34" s="12" t="s">
+        <v>240</v>
+      </c>
+      <c r="C34" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D34" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" s="13">
+        <v>4272930</v>
+      </c>
+      <c r="F34" s="13">
+        <v>4272930</v>
+      </c>
+      <c r="G34" s="14">
+        <v>1</v>
+      </c>
+      <c r="H34" s="15">
+        <v>435.065179</v>
+      </c>
+      <c r="I34" s="13"/>
+      <c r="J34" s="12"/>
+      <c r="K34" s="16"/>
+    </row>
+    <row r="35" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A35" s="12">
+        <v>65218</v>
+      </c>
+      <c r="B35" s="12" t="s">
+        <v>241</v>
+      </c>
+      <c r="C35" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D35" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" s="13">
+        <v>104000</v>
+      </c>
+      <c r="F35" s="13"/>
+      <c r="G35" s="14"/>
+      <c r="H35" s="15"/>
+      <c r="I35" s="13">
+        <v>104000</v>
+      </c>
+      <c r="J35" s="14">
+        <v>1</v>
+      </c>
+      <c r="K35" s="16">
+        <v>93.135999999999996</v>
+      </c>
+    </row>
+    <row r="36" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A36" s="12">
+        <v>65289</v>
+      </c>
+      <c r="B36" s="12" t="s">
+        <v>242</v>
+      </c>
+      <c r="C36" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D36" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" s="13">
+        <v>250000</v>
+      </c>
+      <c r="F36" s="13">
+        <v>250000</v>
+      </c>
+      <c r="G36" s="14">
+        <v>1</v>
+      </c>
+      <c r="H36" s="15">
+        <v>435.06528900000001</v>
+      </c>
+      <c r="I36" s="13"/>
+      <c r="J36" s="12"/>
+      <c r="K36" s="16"/>
+    </row>
+    <row r="37" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A37" s="12">
+        <v>65300</v>
+      </c>
+      <c r="B37" s="12" t="s">
+        <v>243</v>
+      </c>
+      <c r="C37" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D37" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E37" s="13">
+        <v>1138900</v>
+      </c>
+      <c r="F37" s="13"/>
+      <c r="G37" s="14"/>
+      <c r="H37" s="15"/>
+      <c r="I37" s="13">
+        <v>451400</v>
+      </c>
+      <c r="J37" s="14">
+        <v>0.39629999999999999</v>
+      </c>
+      <c r="K37" s="16">
+        <v>93.959000000000003</v>
+      </c>
+    </row>
+    <row r="38" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A38" s="12">
+        <v>65300</v>
+      </c>
+      <c r="B38" s="12" t="s">
+        <v>243</v>
+      </c>
+      <c r="C38" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D38" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" s="13">
+        <v>1138900</v>
+      </c>
+      <c r="F38" s="13">
+        <v>687500</v>
+      </c>
+      <c r="G38" s="14">
+        <v>0.60370000000000001</v>
+      </c>
+      <c r="H38" s="15">
+        <v>435.06529999999998</v>
+      </c>
+      <c r="I38" s="13"/>
+      <c r="J38" s="12"/>
+      <c r="K38" s="16"/>
+    </row>
+    <row r="39" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A39" s="12">
+        <v>65308</v>
+      </c>
+      <c r="B39" s="12" t="s">
+        <v>172</v>
+      </c>
+      <c r="C39" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D39" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E39" s="13">
+        <v>553646</v>
+      </c>
+      <c r="F39" s="13"/>
+      <c r="G39" s="14"/>
+      <c r="H39" s="15"/>
+      <c r="I39" s="13">
+        <v>553646</v>
+      </c>
+      <c r="J39" s="14">
+        <v>1</v>
+      </c>
+      <c r="K39" s="16">
+        <v>93.242999999999995</v>
+      </c>
+    </row>
+    <row r="40" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A40" s="12">
+        <v>65401</v>
+      </c>
+      <c r="B40" s="12" t="s">
+        <v>244</v>
+      </c>
+      <c r="C40" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D40" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E40" s="13">
+        <v>712800</v>
+      </c>
+      <c r="F40" s="13">
+        <v>712800</v>
+      </c>
+      <c r="G40" s="14">
+        <v>1</v>
+      </c>
+      <c r="H40" s="15">
+        <v>435.06540100000001</v>
+      </c>
+      <c r="I40" s="13"/>
+      <c r="J40" s="12"/>
+      <c r="K40" s="16"/>
+    </row>
+    <row r="41" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A41" s="12">
+        <v>65402</v>
+      </c>
+      <c r="B41" s="12" t="s">
+        <v>245</v>
+      </c>
+      <c r="C41" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D41" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E41" s="13">
+        <v>489904</v>
+      </c>
+      <c r="F41" s="13"/>
+      <c r="G41" s="14"/>
+      <c r="H41" s="15"/>
+      <c r="I41" s="13">
+        <v>244952</v>
+      </c>
+      <c r="J41" s="14">
+        <v>0.5</v>
+      </c>
+      <c r="K41" s="16">
+        <v>93.778000000000006</v>
+      </c>
+    </row>
+    <row r="42" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A42" s="12">
+        <v>65402</v>
+      </c>
+      <c r="B42" s="12" t="s">
+        <v>245</v>
+      </c>
+      <c r="C42" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D42" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E42" s="13">
+        <v>489904</v>
+      </c>
+      <c r="F42" s="13">
+        <v>244952</v>
+      </c>
+      <c r="G42" s="14">
+        <v>0.5</v>
+      </c>
+      <c r="H42" s="15">
+        <v>435.06540200000001</v>
+      </c>
+      <c r="I42" s="13"/>
+      <c r="J42" s="12"/>
+      <c r="K42" s="16"/>
+    </row>
+    <row r="43" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A43" s="12">
+        <v>65505</v>
+      </c>
+      <c r="B43" s="12" t="s">
+        <v>246</v>
+      </c>
+      <c r="C43" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D43" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E43" s="13">
+        <v>116800</v>
+      </c>
+      <c r="F43" s="13"/>
+      <c r="G43" s="14"/>
+      <c r="H43" s="15"/>
+      <c r="I43" s="13">
+        <v>58400</v>
+      </c>
+      <c r="J43" s="14">
+        <v>0.5</v>
+      </c>
+      <c r="K43" s="16">
+        <v>93.897999999999996</v>
+      </c>
+    </row>
+    <row r="44" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A44" s="12">
+        <v>65505</v>
+      </c>
+      <c r="B44" s="12" t="s">
+        <v>246</v>
+      </c>
+      <c r="C44" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D44" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E44" s="13">
+        <v>116800</v>
+      </c>
+      <c r="F44" s="13">
+        <v>58400</v>
+      </c>
+      <c r="G44" s="14">
+        <v>0.5</v>
+      </c>
+      <c r="H44" s="15">
+        <v>435.06550499999997</v>
+      </c>
+      <c r="I44" s="13"/>
+      <c r="J44" s="12"/>
+      <c r="K44" s="16"/>
+    </row>
+    <row r="45" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A45" s="12">
+        <v>65510</v>
+      </c>
+      <c r="B45" s="12" t="s">
+        <v>247</v>
+      </c>
+      <c r="C45" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D45" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E45" s="13">
+        <v>106896</v>
+      </c>
+      <c r="F45" s="13">
+        <v>106896</v>
+      </c>
+      <c r="G45" s="14">
+        <v>1</v>
+      </c>
+      <c r="H45" s="15">
+        <v>435.06551000000002</v>
+      </c>
+      <c r="I45" s="13"/>
+      <c r="J45" s="12"/>
+      <c r="K45" s="16"/>
+    </row>
+    <row r="46" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A46" s="12">
+        <v>65512</v>
+      </c>
+      <c r="B46" s="12" t="s">
+        <v>248</v>
+      </c>
+      <c r="C46" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D46" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E46" s="13">
+        <v>2000</v>
+      </c>
+      <c r="F46" s="13">
+        <v>2000</v>
+      </c>
+      <c r="G46" s="14">
+        <v>1</v>
+      </c>
+      <c r="H46" s="15">
+        <v>435.06551200000001</v>
+      </c>
+      <c r="I46" s="13"/>
+      <c r="J46" s="12"/>
+      <c r="K46" s="16"/>
+    </row>
+    <row r="47" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A47" s="12">
+        <v>65514</v>
+      </c>
+      <c r="B47" s="12" t="s">
+        <v>249</v>
+      </c>
+      <c r="C47" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D47" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E47" s="13">
+        <v>147112</v>
+      </c>
+      <c r="F47" s="13">
+        <v>147112</v>
+      </c>
+      <c r="G47" s="14">
+        <v>1</v>
+      </c>
+      <c r="H47" s="15">
+        <v>435.06551400000001</v>
+      </c>
+      <c r="I47" s="13"/>
+      <c r="J47" s="12"/>
+      <c r="K47" s="16"/>
+    </row>
+    <row r="48" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A48" s="12">
         <v>65520</v>
       </c>
-      <c r="B21" s="10" t="s">
+      <c r="B48" s="12" t="s">
+        <v>250</v>
+      </c>
+      <c r="C48" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D48" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E48" s="13">
+        <v>55000</v>
+      </c>
+      <c r="F48" s="13"/>
+      <c r="G48" s="14"/>
+      <c r="H48" s="15"/>
+      <c r="I48" s="13">
+        <v>55000</v>
+      </c>
+      <c r="J48" s="14">
+        <v>1</v>
+      </c>
+      <c r="K48" s="16">
+        <v>93.991</v>
+      </c>
+    </row>
+    <row r="49" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A49" s="12">
+        <v>65540</v>
+      </c>
+      <c r="B49" s="12" t="s">
+        <v>251</v>
+      </c>
+      <c r="C49" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D49" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E49" s="13">
+        <v>99000</v>
+      </c>
+      <c r="F49" s="13"/>
+      <c r="G49" s="14"/>
+      <c r="H49" s="15"/>
+      <c r="I49" s="13">
+        <v>99000</v>
+      </c>
+      <c r="J49" s="14">
+        <v>1</v>
+      </c>
+      <c r="K49" s="16">
+        <v>93.94</v>
+      </c>
+    </row>
+    <row r="50" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A50" s="12">
+        <v>65553</v>
+      </c>
+      <c r="B50" s="12" t="s">
+        <v>252</v>
+      </c>
+      <c r="C50" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D50" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E50" s="13">
+        <v>9300</v>
+      </c>
+      <c r="F50" s="13"/>
+      <c r="G50" s="14"/>
+      <c r="H50" s="15"/>
+      <c r="I50" s="13">
+        <v>9300</v>
+      </c>
+      <c r="J50" s="14">
+        <v>1</v>
+      </c>
+      <c r="K50" s="16">
+        <v>93.268000000000001</v>
+      </c>
+    </row>
+    <row r="51" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A51" s="12">
+        <v>65557</v>
+      </c>
+      <c r="B51" s="12" t="s">
+        <v>253</v>
+      </c>
+      <c r="C51" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D51" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E51" s="13">
+        <v>22495</v>
+      </c>
+      <c r="F51" s="13">
+        <v>22495</v>
+      </c>
+      <c r="G51" s="14">
+        <v>1</v>
+      </c>
+      <c r="H51" s="15">
+        <v>435.06555700000001</v>
+      </c>
+      <c r="I51" s="13"/>
+      <c r="J51" s="12"/>
+      <c r="K51" s="16"/>
+    </row>
+    <row r="52" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A52" s="12">
+        <v>65558</v>
+      </c>
+      <c r="B52" s="12" t="s">
+        <v>254</v>
+      </c>
+      <c r="C52" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D52" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E52" s="13">
+        <v>22500</v>
+      </c>
+      <c r="F52" s="13"/>
+      <c r="G52" s="14"/>
+      <c r="H52" s="15"/>
+      <c r="I52" s="13">
+        <v>22500</v>
+      </c>
+      <c r="J52" s="14">
+        <v>1</v>
+      </c>
+      <c r="K52" s="16">
+        <v>93.988</v>
+      </c>
+    </row>
+    <row r="53" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A53" s="12">
+        <v>65560</v>
+      </c>
+      <c r="B53" s="12" t="s">
+        <v>255</v>
+      </c>
+      <c r="C53" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D53" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E53" s="13">
+        <v>6332</v>
+      </c>
+      <c r="F53" s="13">
+        <v>6332</v>
+      </c>
+      <c r="G53" s="14">
+        <v>1</v>
+      </c>
+      <c r="H53" s="15">
+        <v>435.06556</v>
+      </c>
+      <c r="I53" s="13"/>
+      <c r="J53" s="12"/>
+      <c r="K53" s="16"/>
+    </row>
+    <row r="54" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A54" s="12">
+        <v>65578</v>
+      </c>
+      <c r="B54" s="12" t="s">
+        <v>256</v>
+      </c>
+      <c r="C54" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D54" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E54" s="13">
+        <v>250000</v>
+      </c>
+      <c r="F54" s="13">
+        <v>250000</v>
+      </c>
+      <c r="G54" s="14">
+        <v>1</v>
+      </c>
+      <c r="H54" s="15">
+        <v>435.06557800000002</v>
+      </c>
+      <c r="I54" s="13"/>
+      <c r="J54" s="12"/>
+      <c r="K54" s="16"/>
+    </row>
+    <row r="55" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A55" s="12">
+        <v>65596</v>
+      </c>
+      <c r="B55" s="12" t="s">
+        <v>64</v>
+      </c>
+      <c r="C55" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D55" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E55" s="13">
+        <v>288059</v>
+      </c>
+      <c r="F55" s="13"/>
+      <c r="G55" s="14"/>
+      <c r="H55" s="15"/>
+      <c r="I55" s="13">
+        <v>288059</v>
+      </c>
+      <c r="J55" s="14">
+        <v>1</v>
+      </c>
+      <c r="K55" s="16">
+        <v>93.069000000000003</v>
+      </c>
+    </row>
+    <row r="56" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A56" s="12">
+        <v>65597</v>
+      </c>
+      <c r="B56" s="12" t="s">
+        <v>64</v>
+      </c>
+      <c r="C56" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D56" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E56" s="13">
+        <v>41611</v>
+      </c>
+      <c r="F56" s="13"/>
+      <c r="G56" s="14"/>
+      <c r="H56" s="15"/>
+      <c r="I56" s="13">
+        <v>41611</v>
+      </c>
+      <c r="J56" s="14">
+        <v>1</v>
+      </c>
+      <c r="K56" s="16">
+        <v>93.069000000000003</v>
+      </c>
+    </row>
+    <row r="57" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A57" s="12">
+        <v>65691</v>
+      </c>
+      <c r="B57" s="12" t="s">
+        <v>257</v>
+      </c>
+      <c r="C57" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D57" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E57" s="13">
+        <v>106696</v>
+      </c>
+      <c r="F57" s="13"/>
+      <c r="G57" s="14"/>
+      <c r="H57" s="15"/>
+      <c r="I57" s="13">
+        <v>106696</v>
+      </c>
+      <c r="J57" s="14">
+        <v>1</v>
+      </c>
+      <c r="K57" s="16">
+        <v>10.561</v>
+      </c>
+    </row>
+    <row r="58" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A58" s="12">
+        <v>65716</v>
+      </c>
+      <c r="B58" s="12" t="s">
+        <v>258</v>
+      </c>
+      <c r="C58" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D58" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E58" s="13">
+        <v>304020</v>
+      </c>
+      <c r="F58" s="13"/>
+      <c r="G58" s="14"/>
+      <c r="H58" s="15"/>
+      <c r="I58" s="13">
+        <v>304020</v>
+      </c>
+      <c r="J58" s="14">
+        <v>1</v>
+      </c>
+      <c r="K58" s="16">
+        <v>93.322999999999993</v>
+      </c>
+    </row>
+    <row r="59" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A59" s="12">
+        <v>65800</v>
+      </c>
+      <c r="B59" s="12" t="s">
+        <v>259</v>
+      </c>
+      <c r="C59" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D59" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E59" s="13">
+        <v>30180</v>
+      </c>
+      <c r="F59" s="13">
+        <v>30180</v>
+      </c>
+      <c r="G59" s="14">
+        <v>1</v>
+      </c>
+      <c r="H59" s="15">
+        <v>435.06580000000002</v>
+      </c>
+      <c r="I59" s="13"/>
+      <c r="J59" s="12"/>
+      <c r="K59" s="16"/>
+    </row>
+    <row r="60" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A60" s="12">
+        <v>65851</v>
+      </c>
+      <c r="B60" s="12" t="s">
+        <v>260</v>
+      </c>
+      <c r="C60" s="12" t="s">
+        <v>113</v>
+      </c>
+      <c r="D60" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="E60" s="13">
+        <v>0</v>
+      </c>
+      <c r="F60" s="13"/>
+      <c r="G60" s="14"/>
+      <c r="H60" s="15"/>
+      <c r="I60" s="13">
+        <v>0</v>
+      </c>
+      <c r="J60" s="12"/>
+      <c r="K60" s="16">
+        <v>93.778000000000006</v>
+      </c>
+    </row>
+    <row r="61" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A61" s="12">
+        <v>65856</v>
+      </c>
+      <c r="B61" s="12" t="s">
+        <v>261</v>
+      </c>
+      <c r="C61" s="12" t="s">
+        <v>113</v>
+      </c>
+      <c r="D61" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="E61" s="13">
+        <v>0</v>
+      </c>
+      <c r="F61" s="13"/>
+      <c r="G61" s="14"/>
+      <c r="H61" s="15"/>
+      <c r="I61" s="13">
+        <v>0</v>
+      </c>
+      <c r="J61" s="12"/>
+      <c r="K61" s="16">
+        <v>93.778000000000006</v>
+      </c>
+    </row>
+    <row r="62" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A62" s="12">
+        <v>65859</v>
+      </c>
+      <c r="B62" s="12" t="s">
+        <v>262</v>
+      </c>
+      <c r="C62" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D62" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E62" s="13">
+        <v>262349</v>
+      </c>
+      <c r="F62" s="13">
+        <v>262349</v>
+      </c>
+      <c r="G62" s="14">
+        <v>1</v>
+      </c>
+      <c r="H62" s="15">
+        <v>435.06585899999999</v>
+      </c>
+      <c r="I62" s="13"/>
+      <c r="J62" s="12"/>
+      <c r="K62" s="16"/>
+    </row>
+    <row r="63" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A63" s="12">
+        <v>65861</v>
+      </c>
+      <c r="B63" s="12" t="s">
+        <v>263</v>
+      </c>
+      <c r="C63" s="12" t="s">
+        <v>113</v>
+      </c>
+      <c r="D63" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="E63" s="13">
+        <v>0</v>
+      </c>
+      <c r="F63" s="13"/>
+      <c r="G63" s="14"/>
+      <c r="H63" s="15"/>
+      <c r="I63" s="13">
+        <v>0</v>
+      </c>
+      <c r="J63" s="12"/>
+      <c r="K63" s="16">
+        <v>93.778000000000006</v>
+      </c>
+    </row>
+    <row r="64" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A64" s="12">
+        <v>65865</v>
+      </c>
+      <c r="B64" s="12" t="s">
+        <v>264</v>
+      </c>
+      <c r="C64" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D64" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E64" s="13">
+        <v>880000</v>
+      </c>
+      <c r="F64" s="13">
+        <v>880000</v>
+      </c>
+      <c r="G64" s="14">
+        <v>1</v>
+      </c>
+      <c r="H64" s="15">
+        <v>435.06586499999997</v>
+      </c>
+      <c r="I64" s="13"/>
+      <c r="J64" s="12"/>
+      <c r="K64" s="16"/>
+    </row>
+    <row r="65" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A65" s="12">
+        <v>65871</v>
+      </c>
+      <c r="B65" s="12" t="s">
+        <v>261</v>
+      </c>
+      <c r="C65" s="12" t="s">
+        <v>113</v>
+      </c>
+      <c r="D65" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="E65" s="13">
+        <v>0</v>
+      </c>
+      <c r="F65" s="13"/>
+      <c r="G65" s="14"/>
+      <c r="H65" s="15"/>
+      <c r="I65" s="13">
+        <v>0</v>
+      </c>
+      <c r="J65" s="12"/>
+      <c r="K65" s="16">
+        <v>93.778000000000006</v>
+      </c>
+    </row>
+    <row r="66" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A66" s="12">
+        <v>65881</v>
+      </c>
+      <c r="B66" s="12" t="s">
+        <v>265</v>
+      </c>
+      <c r="C66" s="12" t="s">
+        <v>113</v>
+      </c>
+      <c r="D66" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="E66" s="13">
+        <v>0</v>
+      </c>
+      <c r="F66" s="13"/>
+      <c r="G66" s="14"/>
+      <c r="H66" s="15"/>
+      <c r="I66" s="13">
+        <v>0</v>
+      </c>
+      <c r="J66" s="12"/>
+      <c r="K66" s="16">
+        <v>93.778000000000006</v>
+      </c>
+    </row>
+    <row r="67" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A67" s="12">
+        <v>65891</v>
+      </c>
+      <c r="B67" s="12" t="s">
+        <v>266</v>
+      </c>
+      <c r="C67" s="12" t="s">
+        <v>113</v>
+      </c>
+      <c r="D67" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="E67" s="13">
+        <v>0</v>
+      </c>
+      <c r="F67" s="13"/>
+      <c r="G67" s="14"/>
+      <c r="H67" s="15"/>
+      <c r="I67" s="13">
+        <v>0</v>
+      </c>
+      <c r="J67" s="12"/>
+      <c r="K67" s="16">
+        <v>93.778000000000006</v>
+      </c>
+    </row>
+    <row r="68" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A68" s="12">
+        <v>65899</v>
+      </c>
+      <c r="B68" s="12" t="s">
+        <v>267</v>
+      </c>
+      <c r="C68" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D68" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E68" s="13">
+        <v>900000</v>
+      </c>
+      <c r="F68" s="13">
+        <v>900000</v>
+      </c>
+      <c r="G68" s="14">
+        <v>1</v>
+      </c>
+      <c r="H68" s="15">
+        <v>435.065899</v>
+      </c>
+      <c r="I68" s="13"/>
+      <c r="J68" s="12"/>
+      <c r="K68" s="16"/>
+    </row>
+    <row r="69" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A69" s="12">
+        <v>65900</v>
+      </c>
+      <c r="B69" s="12" t="s">
+        <v>268</v>
+      </c>
+      <c r="C69" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D69" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E69" s="13">
+        <v>21000</v>
+      </c>
+      <c r="F69" s="13"/>
+      <c r="G69" s="14"/>
+      <c r="H69" s="15"/>
+      <c r="I69" s="13">
+        <v>21000</v>
+      </c>
+      <c r="J69" s="14">
+        <v>1</v>
+      </c>
+      <c r="K69" s="16">
+        <v>93.323999999999998</v>
+      </c>
+    </row>
+    <row r="70" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A70" s="12">
+        <v>65904</v>
+      </c>
+      <c r="B70" s="12" t="s">
+        <v>269</v>
+      </c>
+      <c r="C70" s="12" t="s">
+        <v>113</v>
+      </c>
+      <c r="D70" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="E70" s="13">
+        <v>0</v>
+      </c>
+      <c r="F70" s="13"/>
+      <c r="G70" s="14"/>
+      <c r="H70" s="15"/>
+      <c r="I70" s="13">
+        <v>0</v>
+      </c>
+      <c r="J70" s="12"/>
+      <c r="K70" s="16">
+        <v>93.778000000000006</v>
+      </c>
+    </row>
+    <row r="71" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A71" s="12">
+        <v>65907</v>
+      </c>
+      <c r="B71" s="12" t="s">
+        <v>270</v>
+      </c>
+      <c r="C71" s="12" t="s">
+        <v>113</v>
+      </c>
+      <c r="D71" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="E71" s="13">
+        <v>0</v>
+      </c>
+      <c r="F71" s="13"/>
+      <c r="G71" s="14"/>
+      <c r="H71" s="15"/>
+      <c r="I71" s="13">
+        <v>0</v>
+      </c>
+      <c r="J71" s="12"/>
+      <c r="K71" s="16">
+        <v>93.778000000000006</v>
+      </c>
+    </row>
+    <row r="72" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A72" s="12">
+        <v>65910</v>
+      </c>
+      <c r="B72" s="12" t="s">
+        <v>271</v>
+      </c>
+      <c r="C72" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D72" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E72" s="13">
+        <v>84400</v>
+      </c>
+      <c r="F72" s="13">
+        <v>84400</v>
+      </c>
+      <c r="G72" s="14">
+        <v>1</v>
+      </c>
+      <c r="H72" s="15">
+        <v>435.06590999999997</v>
+      </c>
+      <c r="I72" s="13"/>
+      <c r="J72" s="12"/>
+      <c r="K72" s="16"/>
+    </row>
+    <row r="73" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A73" s="12">
+        <v>65920</v>
+      </c>
+      <c r="B73" s="12" t="s">
+        <v>272</v>
+      </c>
+      <c r="C73" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D73" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E73" s="13">
+        <v>76364</v>
+      </c>
+      <c r="F73" s="13">
+        <v>76364</v>
+      </c>
+      <c r="G73" s="14">
+        <v>1</v>
+      </c>
+      <c r="H73" s="15">
+        <v>435.06592000000001</v>
+      </c>
+      <c r="I73" s="13"/>
+      <c r="J73" s="12"/>
+      <c r="K73" s="16"/>
+    </row>
+    <row r="74" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A74" s="12">
+        <v>65930</v>
+      </c>
+      <c r="B74" s="12" t="s">
+        <v>273</v>
+      </c>
+      <c r="C74" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D74" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E74" s="13">
+        <v>6000</v>
+      </c>
+      <c r="F74" s="13">
+        <v>6000</v>
+      </c>
+      <c r="G74" s="14">
+        <v>1</v>
+      </c>
+      <c r="H74" s="15">
+        <v>435.06592999999998</v>
+      </c>
+      <c r="I74" s="13"/>
+      <c r="J74" s="12"/>
+      <c r="K74" s="16"/>
+    </row>
+    <row r="75" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A75" s="12">
+        <v>65940</v>
+      </c>
+      <c r="B75" s="12" t="s">
+        <v>274</v>
+      </c>
+      <c r="C75" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D75" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E75" s="13">
+        <v>11423</v>
+      </c>
+      <c r="F75" s="13">
+        <v>11423</v>
+      </c>
+      <c r="G75" s="14">
+        <v>1</v>
+      </c>
+      <c r="H75" s="15">
+        <v>435.06594000000001</v>
+      </c>
+      <c r="I75" s="13"/>
+      <c r="J75" s="12"/>
+      <c r="K75" s="16"/>
+    </row>
+    <row r="76" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A76" s="12">
+        <v>66106</v>
+      </c>
+      <c r="B76" s="12" t="s">
+        <v>275</v>
+      </c>
+      <c r="C76" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D76" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E76" s="13">
+        <v>364100</v>
+      </c>
+      <c r="F76" s="13"/>
+      <c r="G76" s="14"/>
+      <c r="H76" s="15"/>
+      <c r="I76" s="13">
+        <v>273074</v>
+      </c>
+      <c r="J76" s="14">
+        <v>0.75</v>
+      </c>
+      <c r="K76" s="16">
+        <v>10.561</v>
+      </c>
+    </row>
+    <row r="77" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A77" s="12">
+        <v>66106</v>
+      </c>
+      <c r="B77" s="12" t="s">
+        <v>275</v>
+      </c>
+      <c r="C77" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D77" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E77" s="13">
+        <v>364100</v>
+      </c>
+      <c r="F77" s="13">
+        <v>91026</v>
+      </c>
+      <c r="G77" s="14">
+        <v>0.25</v>
+      </c>
+      <c r="H77" s="15">
+        <v>435.06610599999999</v>
+      </c>
+      <c r="I77" s="17"/>
+      <c r="J77" s="18"/>
+      <c r="K77" s="19"/>
+    </row>
+    <row r="78" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A78" s="12">
+        <v>66107</v>
+      </c>
+      <c r="B78" s="12" t="s">
+        <v>276</v>
+      </c>
+      <c r="C78" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D78" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E78" s="13">
+        <v>81715</v>
+      </c>
+      <c r="F78" s="13"/>
+      <c r="G78" s="14"/>
+      <c r="H78" s="15"/>
+      <c r="I78" s="13">
+        <v>61287</v>
+      </c>
+      <c r="J78" s="14">
+        <v>0.75</v>
+      </c>
+      <c r="K78" s="16">
+        <v>10.561</v>
+      </c>
+    </row>
+    <row r="79" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A79" s="12">
+        <v>66107</v>
+      </c>
+      <c r="B79" s="12" t="s">
+        <v>276</v>
+      </c>
+      <c r="C79" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D79" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E79" s="13">
+        <v>81715</v>
+      </c>
+      <c r="F79" s="13">
+        <v>20428</v>
+      </c>
+      <c r="G79" s="14">
+        <v>0.25</v>
+      </c>
+      <c r="H79" s="15">
+        <v>435.06610699999999</v>
+      </c>
+      <c r="I79" s="17"/>
+      <c r="J79" s="18"/>
+      <c r="K79" s="19"/>
+    </row>
+    <row r="80" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A80" s="12">
+        <v>66108</v>
+      </c>
+      <c r="B80" s="12" t="s">
+        <v>277</v>
+      </c>
+      <c r="C80" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D80" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E80" s="13">
+        <v>33691</v>
+      </c>
+      <c r="F80" s="13"/>
+      <c r="G80" s="14"/>
+      <c r="H80" s="15"/>
+      <c r="I80" s="13">
+        <v>25269</v>
+      </c>
+      <c r="J80" s="14">
+        <v>0.75</v>
+      </c>
+      <c r="K80" s="16">
+        <v>10.561</v>
+      </c>
+    </row>
+    <row r="81" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A81" s="12">
+        <v>66108</v>
+      </c>
+      <c r="B81" s="12" t="s">
+        <v>277</v>
+      </c>
+      <c r="C81" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D81" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E81" s="13">
+        <v>33691</v>
+      </c>
+      <c r="F81" s="13">
+        <v>8422</v>
+      </c>
+      <c r="G81" s="14">
+        <v>0.25</v>
+      </c>
+      <c r="H81" s="15">
+        <v>435.06610799999999</v>
+      </c>
+      <c r="I81" s="17"/>
+      <c r="J81" s="18"/>
+      <c r="K81" s="19"/>
+    </row>
+    <row r="82" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A82" s="12">
+        <v>66320</v>
+      </c>
+      <c r="B82" s="12" t="s">
+        <v>278</v>
+      </c>
+      <c r="C82" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D82" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E82" s="13">
+        <v>798133</v>
+      </c>
+      <c r="F82" s="13">
+        <v>798133</v>
+      </c>
+      <c r="G82" s="14">
+        <v>1</v>
+      </c>
+      <c r="H82" s="15">
+        <v>435.06632000000002</v>
+      </c>
+      <c r="I82" s="13"/>
+      <c r="J82" s="12"/>
+      <c r="K82" s="16"/>
+    </row>
+    <row r="83" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A83" s="12">
+        <v>66321</v>
+      </c>
+      <c r="B83" s="12" t="s">
+        <v>279</v>
+      </c>
+      <c r="C83" s="12" t="s">
+        <v>113</v>
+      </c>
+      <c r="D83" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="E83" s="13">
+        <v>676597</v>
+      </c>
+      <c r="F83" s="13"/>
+      <c r="G83" s="14"/>
+      <c r="H83" s="15"/>
+      <c r="I83" s="13">
+        <v>676597</v>
+      </c>
+      <c r="J83" s="14">
+        <v>1</v>
+      </c>
+      <c r="K83" s="16">
+        <v>10.561</v>
+      </c>
+    </row>
+    <row r="84" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A84" s="12">
+        <v>66322</v>
+      </c>
+      <c r="B84" s="12" t="s">
+        <v>280</v>
+      </c>
+      <c r="C84" s="12" t="s">
+        <v>113</v>
+      </c>
+      <c r="D84" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="E84" s="13">
+        <v>19257</v>
+      </c>
+      <c r="F84" s="13"/>
+      <c r="G84" s="14"/>
+      <c r="H84" s="15"/>
+      <c r="I84" s="13">
+        <v>19257</v>
+      </c>
+      <c r="J84" s="14">
+        <v>1</v>
+      </c>
+      <c r="K84" s="16">
+        <v>10.561</v>
+      </c>
+    </row>
+    <row r="85" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A85" s="12">
+        <v>66323</v>
+      </c>
+      <c r="B85" s="12" t="s">
+        <v>281</v>
+      </c>
+      <c r="C85" s="12" t="s">
+        <v>113</v>
+      </c>
+      <c r="D85" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="E85" s="13">
+        <v>37964</v>
+      </c>
+      <c r="F85" s="13"/>
+      <c r="G85" s="14"/>
+      <c r="H85" s="15"/>
+      <c r="I85" s="13">
+        <v>37964</v>
+      </c>
+      <c r="J85" s="14">
+        <v>1</v>
+      </c>
+      <c r="K85" s="16">
+        <v>93.778000000000006</v>
+      </c>
+    </row>
+    <row r="86" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A86" s="12">
+        <v>66324</v>
+      </c>
+      <c r="B86" s="12" t="s">
+        <v>282</v>
+      </c>
+      <c r="C86" s="12" t="s">
+        <v>113</v>
+      </c>
+      <c r="D86" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="E86" s="13">
+        <v>487731</v>
+      </c>
+      <c r="F86" s="13"/>
+      <c r="G86" s="14"/>
+      <c r="H86" s="15"/>
+      <c r="I86" s="13">
+        <v>487731</v>
+      </c>
+      <c r="J86" s="14">
+        <v>1</v>
+      </c>
+      <c r="K86" s="16">
+        <v>93.778000000000006</v>
+      </c>
+    </row>
+    <row r="87" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A87" s="12">
+        <v>66325</v>
+      </c>
+      <c r="B87" s="12" t="s">
+        <v>283</v>
+      </c>
+      <c r="C87" s="12" t="s">
+        <v>113</v>
+      </c>
+      <c r="D87" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="E87" s="13">
+        <v>92818</v>
+      </c>
+      <c r="F87" s="13"/>
+      <c r="G87" s="14"/>
+      <c r="H87" s="15"/>
+      <c r="I87" s="13">
+        <v>92818</v>
+      </c>
+      <c r="J87" s="14">
+        <v>1</v>
+      </c>
+      <c r="K87" s="16">
+        <v>93.766999999999996</v>
+      </c>
+    </row>
+    <row r="88" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A88" s="12">
+        <v>66328</v>
+      </c>
+      <c r="B88" s="12" t="s">
+        <v>284</v>
+      </c>
+      <c r="C88" s="12" t="s">
+        <v>113</v>
+      </c>
+      <c r="D88" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="E88" s="13">
+        <v>6383</v>
+      </c>
+      <c r="F88" s="13"/>
+      <c r="G88" s="14"/>
+      <c r="H88" s="15"/>
+      <c r="I88" s="13">
+        <v>6383</v>
+      </c>
+      <c r="J88" s="14">
+        <v>1</v>
+      </c>
+      <c r="K88" s="16">
+        <v>93.778000000000006</v>
+      </c>
+    </row>
+    <row r="89" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A89" s="12">
+        <v>66417</v>
+      </c>
+      <c r="B89" s="12" t="s">
+        <v>285</v>
+      </c>
+      <c r="C89" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D89" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E89" s="13">
+        <v>14032</v>
+      </c>
+      <c r="F89" s="13">
+        <v>14032</v>
+      </c>
+      <c r="G89" s="14">
+        <v>1</v>
+      </c>
+      <c r="H89" s="15">
+        <v>435.066417</v>
+      </c>
+      <c r="I89" s="13"/>
+      <c r="J89" s="12"/>
+      <c r="K89" s="16"/>
+    </row>
+    <row r="90" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A90" s="12">
+        <v>66418</v>
+      </c>
+      <c r="B90" s="12" t="s">
+        <v>286</v>
+      </c>
+      <c r="C90" s="12" t="s">
+        <v>113</v>
+      </c>
+      <c r="D90" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="E90" s="13">
+        <v>7016</v>
+      </c>
+      <c r="F90" s="13"/>
+      <c r="G90" s="14"/>
+      <c r="H90" s="15"/>
+      <c r="I90" s="13">
+        <v>7016</v>
+      </c>
+      <c r="J90" s="14">
+        <v>1</v>
+      </c>
+      <c r="K90" s="16">
+        <v>10.561</v>
+      </c>
+    </row>
+    <row r="91" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A91" s="12">
+        <v>66419</v>
+      </c>
+      <c r="B91" s="12" t="s">
+        <v>287</v>
+      </c>
+      <c r="C91" s="12" t="s">
+        <v>113</v>
+      </c>
+      <c r="D91" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="E91" s="13">
+        <v>7016</v>
+      </c>
+      <c r="F91" s="13"/>
+      <c r="G91" s="14"/>
+      <c r="H91" s="15"/>
+      <c r="I91" s="13">
+        <v>7016</v>
+      </c>
+      <c r="J91" s="14">
+        <v>1</v>
+      </c>
+      <c r="K91" s="16">
+        <v>93.778000000000006</v>
+      </c>
+    </row>
+    <row r="92" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A92" s="12">
+        <v>70010</v>
+      </c>
+      <c r="B92" s="12" t="s">
+        <v>288</v>
+      </c>
+      <c r="C92" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D92" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E92" s="13">
+        <v>1151680</v>
+      </c>
+      <c r="F92" s="13"/>
+      <c r="G92" s="14"/>
+      <c r="H92" s="15"/>
+      <c r="I92" s="13">
+        <v>1151680</v>
+      </c>
+      <c r="J92" s="14">
+        <v>1</v>
+      </c>
+      <c r="K92" s="16">
+        <v>10.568</v>
+      </c>
+    </row>
+    <row r="93" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A93" s="12">
+        <v>70012</v>
+      </c>
+      <c r="B93" s="12" t="s">
+        <v>289</v>
+      </c>
+      <c r="C93" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D93" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E93" s="13">
+        <v>1000000</v>
+      </c>
+      <c r="F93" s="13"/>
+      <c r="G93" s="14"/>
+      <c r="H93" s="15"/>
+      <c r="I93" s="13">
+        <v>712000</v>
+      </c>
+      <c r="J93" s="14">
+        <v>0.71199999999999997</v>
+      </c>
+      <c r="K93" s="16">
+        <v>10.568</v>
+      </c>
+    </row>
+    <row r="94" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A94" s="12">
+        <v>70012</v>
+      </c>
+      <c r="B94" s="12" t="s">
+        <v>289</v>
+      </c>
+      <c r="C94" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D94" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E94" s="13">
+        <v>1000000</v>
+      </c>
+      <c r="F94" s="13">
+        <v>288000</v>
+      </c>
+      <c r="G94" s="14">
+        <v>0.28799999999999998</v>
+      </c>
+      <c r="H94" s="15">
+        <v>435.07001200000002</v>
+      </c>
+      <c r="I94" s="13"/>
+      <c r="J94" s="12"/>
+      <c r="K94" s="16"/>
+    </row>
+    <row r="95" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A95" s="12">
+        <v>70013</v>
+      </c>
+      <c r="B95" s="12" t="s">
+        <v>290</v>
+      </c>
+      <c r="C95" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D95" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E95" s="13">
+        <v>121000</v>
+      </c>
+      <c r="F95" s="13"/>
+      <c r="G95" s="14"/>
+      <c r="H95" s="15"/>
+      <c r="I95" s="13">
+        <v>121000</v>
+      </c>
+      <c r="J95" s="14">
+        <v>1</v>
+      </c>
+      <c r="K95" s="16">
+        <v>10.568</v>
+      </c>
+    </row>
+    <row r="96" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A96" s="12">
+        <v>81001</v>
+      </c>
+      <c r="B96" s="12" t="s">
+        <v>292</v>
+      </c>
+      <c r="C96" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D96" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E96" s="13">
+        <v>28500</v>
+      </c>
+      <c r="F96" s="13">
+        <v>28500</v>
+      </c>
+      <c r="G96" s="14">
+        <v>1</v>
+      </c>
+      <c r="H96" s="15">
+        <v>435.08100100000001</v>
+      </c>
+      <c r="I96" s="13"/>
+      <c r="J96" s="12"/>
+      <c r="K96" s="16"/>
+    </row>
+    <row r="97" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A97" s="12">
+        <v>81004</v>
+      </c>
+      <c r="B97" s="12" t="s">
+        <v>293</v>
+      </c>
+      <c r="C97" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D97" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E97" s="13">
+        <v>123812</v>
+      </c>
+      <c r="F97" s="13">
+        <v>123812</v>
+      </c>
+      <c r="G97" s="14">
+        <v>1</v>
+      </c>
+      <c r="H97" s="15">
+        <v>435.08100400000001</v>
+      </c>
+      <c r="I97" s="13"/>
+      <c r="J97" s="12"/>
+      <c r="K97" s="16"/>
+    </row>
+    <row r="98" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A98" s="12">
+        <v>81005</v>
+      </c>
+      <c r="B98" s="12" t="s">
+        <v>294</v>
+      </c>
+      <c r="C98" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D98" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E98" s="13">
+        <v>400820</v>
+      </c>
+      <c r="F98" s="13">
+        <v>400820</v>
+      </c>
+      <c r="G98" s="14">
+        <v>1</v>
+      </c>
+      <c r="H98" s="15">
+        <v>435.081005</v>
+      </c>
+      <c r="I98" s="13"/>
+      <c r="J98" s="12"/>
+      <c r="K98" s="16"/>
+    </row>
+    <row r="99" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A99" s="12">
+        <v>81006</v>
+      </c>
+      <c r="B99" s="12" t="s">
+        <v>295</v>
+      </c>
+      <c r="C99" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D99" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E99" s="13">
+        <v>123812</v>
+      </c>
+      <c r="F99" s="13"/>
+      <c r="G99" s="14"/>
+      <c r="H99" s="15"/>
+      <c r="I99" s="13">
+        <v>123812</v>
+      </c>
+      <c r="J99" s="14">
+        <v>1</v>
+      </c>
+      <c r="K99" s="16">
+        <v>93.778000000000006</v>
+      </c>
+    </row>
+    <row r="100" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A100" s="12">
+        <v>81007</v>
+      </c>
+      <c r="B100" s="12" t="s">
+        <v>296</v>
+      </c>
+      <c r="C100" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D100" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E100" s="13">
+        <v>400820</v>
+      </c>
+      <c r="F100" s="13"/>
+      <c r="G100" s="14"/>
+      <c r="H100" s="15"/>
+      <c r="I100" s="13">
+        <v>400820</v>
+      </c>
+      <c r="J100" s="14">
+        <v>1</v>
+      </c>
+      <c r="K100" s="16">
+        <v>93.778000000000006</v>
+      </c>
+    </row>
+    <row r="101" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A101" s="12">
+        <v>81075</v>
+      </c>
+      <c r="B101" s="12" t="s">
+        <v>297</v>
+      </c>
+      <c r="C101" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D101" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E101" s="13">
+        <v>522043</v>
+      </c>
+      <c r="F101" s="13">
+        <v>522043</v>
+      </c>
+      <c r="G101" s="14">
+        <v>1</v>
+      </c>
+      <c r="H101" s="15">
+        <v>435.081075</v>
+      </c>
+      <c r="I101" s="13"/>
+      <c r="J101" s="12"/>
+      <c r="K101" s="16"/>
+    </row>
+    <row r="102" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A102" s="12">
+        <v>81078</v>
+      </c>
+      <c r="B102" s="12" t="s">
+        <v>298</v>
+      </c>
+      <c r="C102" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D102" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E102" s="13">
+        <v>26956</v>
+      </c>
+      <c r="F102" s="13"/>
+      <c r="G102" s="14"/>
+      <c r="H102" s="15"/>
+      <c r="I102" s="13">
+        <v>26956</v>
+      </c>
+      <c r="J102" s="14">
+        <v>1</v>
+      </c>
+      <c r="K102" s="16">
+        <v>93.778000000000006</v>
+      </c>
+    </row>
+    <row r="103" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A103" s="12">
+        <v>81079</v>
+      </c>
+      <c r="B103" s="12" t="s">
+        <v>299</v>
+      </c>
+      <c r="C103" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D103" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E103" s="13">
+        <v>26956</v>
+      </c>
+      <c r="F103" s="13">
+        <v>26956</v>
+      </c>
+      <c r="G103" s="14">
+        <v>1</v>
+      </c>
+      <c r="H103" s="15">
+        <v>435.08107899999999</v>
+      </c>
+      <c r="I103" s="13"/>
+      <c r="J103" s="12"/>
+      <c r="K103" s="16"/>
+    </row>
+    <row r="104" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A104" s="12">
+        <v>103010</v>
+      </c>
+      <c r="B104" s="12" t="s">
+        <v>11</v>
+      </c>
+      <c r="C104" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D104" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E104" s="13">
+        <v>26700</v>
+      </c>
+      <c r="F104" s="13">
+        <v>26700</v>
+      </c>
+      <c r="G104" s="14">
+        <v>1</v>
+      </c>
+      <c r="H104" s="15">
+        <v>435.10300999999998</v>
+      </c>
+      <c r="I104" s="13"/>
+      <c r="J104" s="12"/>
+      <c r="K104" s="16"/>
+    </row>
+    <row r="105" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A105" s="12">
+        <v>110127</v>
+      </c>
+      <c r="B105" s="12" t="s">
+        <v>14</v>
+      </c>
+      <c r="C105" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D105" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E105" s="13">
+        <v>2928</v>
+      </c>
+      <c r="F105" s="13">
+        <v>2928</v>
+      </c>
+      <c r="G105" s="14">
+        <v>1</v>
+      </c>
+      <c r="H105" s="15">
+        <v>435.11012699999998</v>
+      </c>
+      <c r="I105" s="13"/>
+      <c r="J105" s="12"/>
+      <c r="K105" s="16"/>
+    </row>
+    <row r="106" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A106" s="12">
+        <v>110128</v>
+      </c>
+      <c r="B106" s="12" t="s">
+        <v>15</v>
+      </c>
+      <c r="C106" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D106" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E106" s="13">
+        <v>66800</v>
+      </c>
+      <c r="F106" s="13">
+        <v>66800</v>
+      </c>
+      <c r="G106" s="14">
+        <v>1</v>
+      </c>
+      <c r="H106" s="15">
+        <v>435.11012799999997</v>
+      </c>
+      <c r="I106" s="13"/>
+      <c r="J106" s="12"/>
+      <c r="K106" s="16"/>
+    </row>
+    <row r="107" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A107" s="12">
+        <v>110190</v>
+      </c>
+      <c r="B107" s="12" t="s">
+        <v>16</v>
+      </c>
+      <c r="C107" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D107" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E107" s="13">
+        <v>222700</v>
+      </c>
+      <c r="F107" s="13">
+        <v>222700</v>
+      </c>
+      <c r="G107" s="14">
+        <v>1</v>
+      </c>
+      <c r="H107" s="15">
+        <v>435.11018999999999</v>
+      </c>
+      <c r="I107" s="13"/>
+      <c r="J107" s="12"/>
+      <c r="K107" s="16"/>
+    </row>
+    <row r="108" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A108" s="12">
+        <v>119011</v>
+      </c>
+      <c r="B108" s="12" t="s">
+        <v>17</v>
+      </c>
+      <c r="C108" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D108" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E108" s="13">
+        <v>75000</v>
+      </c>
+      <c r="F108" s="13">
+        <v>75000</v>
+      </c>
+      <c r="G108" s="14">
+        <v>1</v>
+      </c>
+      <c r="H108" s="15">
+        <v>435.119011</v>
+      </c>
+      <c r="I108" s="13"/>
+      <c r="J108" s="12"/>
+      <c r="K108" s="16"/>
+    </row>
+    <row r="109" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A109" s="12">
+        <v>128010</v>
+      </c>
+      <c r="B109" s="12" t="s">
+        <v>18</v>
+      </c>
+      <c r="C109" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D109" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E109" s="13">
+        <v>1198210</v>
+      </c>
+      <c r="F109" s="13">
+        <v>1198210</v>
+      </c>
+      <c r="G109" s="14">
+        <v>1</v>
+      </c>
+      <c r="H109" s="15">
+        <v>435.12801000000002</v>
+      </c>
+      <c r="I109" s="13"/>
+      <c r="J109" s="12"/>
+      <c r="K109" s="16"/>
+    </row>
+    <row r="110" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A110" s="12">
+        <v>128011</v>
+      </c>
+      <c r="B110" s="12" t="s">
+        <v>19</v>
+      </c>
+      <c r="C110" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D110" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E110" s="13">
+        <v>2135066</v>
+      </c>
+      <c r="F110" s="13">
+        <v>2135066</v>
+      </c>
+      <c r="G110" s="14">
+        <v>1</v>
+      </c>
+      <c r="H110" s="15">
+        <v>435.12801100000001</v>
+      </c>
+      <c r="I110" s="13"/>
+      <c r="J110" s="12"/>
+      <c r="K110" s="16"/>
+    </row>
+    <row r="111" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A111" s="12">
+        <v>128012</v>
+      </c>
+      <c r="B111" s="12" t="s">
+        <v>20</v>
+      </c>
+      <c r="C111" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D111" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E111" s="13">
+        <v>368221</v>
+      </c>
+      <c r="F111" s="13">
+        <v>368221</v>
+      </c>
+      <c r="G111" s="14">
+        <v>1</v>
+      </c>
+      <c r="H111" s="15">
+        <v>435.12801200000001</v>
+      </c>
+      <c r="I111" s="13"/>
+      <c r="J111" s="12"/>
+      <c r="K111" s="16"/>
+    </row>
+    <row r="112" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A112" s="12">
+        <v>131000</v>
+      </c>
+      <c r="B112" s="12" t="s">
+        <v>21</v>
+      </c>
+      <c r="C112" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D112" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E112" s="13">
+        <v>90000</v>
+      </c>
+      <c r="F112" s="13">
+        <v>90000</v>
+      </c>
+      <c r="G112" s="14">
+        <v>1</v>
+      </c>
+      <c r="H112" s="15">
+        <v>435.13099999999997</v>
+      </c>
+      <c r="I112" s="13"/>
+      <c r="J112" s="12"/>
+      <c r="K112" s="16"/>
+    </row>
+    <row r="113" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A113" s="12">
+        <v>150180</v>
+      </c>
+      <c r="B113" s="12" t="s">
+        <v>22</v>
+      </c>
+      <c r="C113" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D113" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E113" s="13">
+        <v>130200</v>
+      </c>
+      <c r="F113" s="13"/>
+      <c r="G113" s="14"/>
+      <c r="H113" s="15"/>
+      <c r="I113" s="13">
+        <v>130200</v>
+      </c>
+      <c r="J113" s="14">
+        <v>1</v>
+      </c>
+      <c r="K113" s="16">
+        <v>93.268000000000001</v>
+      </c>
+    </row>
+    <row r="114" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A114" s="12">
+        <v>150213</v>
+      </c>
+      <c r="B114" s="12" t="s">
+        <v>23</v>
+      </c>
+      <c r="C114" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D114" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E114" s="13">
+        <v>185000</v>
+      </c>
+      <c r="F114" s="13"/>
+      <c r="G114" s="14"/>
+      <c r="H114" s="15"/>
+      <c r="I114" s="13">
+        <v>185000</v>
+      </c>
+      <c r="J114" s="14">
+        <v>1</v>
+      </c>
+      <c r="K114" s="16">
+        <v>93.234999999999999</v>
+      </c>
+    </row>
+    <row r="115" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A115" s="12">
+        <v>150215</v>
+      </c>
+      <c r="B115" s="12" t="s">
+        <v>24</v>
+      </c>
+      <c r="C115" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D115" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E115" s="13">
+        <v>185328</v>
+      </c>
+      <c r="F115" s="13"/>
+      <c r="G115" s="14"/>
+      <c r="H115" s="15"/>
+      <c r="I115" s="13">
+        <v>185328</v>
+      </c>
+      <c r="J115" s="14">
+        <v>1</v>
+      </c>
+      <c r="K115" s="16">
+        <v>93.135999999999996</v>
+      </c>
+    </row>
+    <row r="116" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A116" s="12">
+        <v>150216</v>
+      </c>
+      <c r="B116" s="12" t="s">
+        <v>25</v>
+      </c>
+      <c r="C116" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D116" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E116" s="13">
+        <v>622351</v>
+      </c>
+      <c r="F116" s="13"/>
+      <c r="G116" s="14"/>
+      <c r="H116" s="15"/>
+      <c r="I116" s="13">
+        <v>622351</v>
+      </c>
+      <c r="J116" s="14">
+        <v>1</v>
+      </c>
+      <c r="K116" s="16">
+        <v>93.135999999999996</v>
+      </c>
+    </row>
+    <row r="117" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A117" s="12">
+        <v>150218</v>
+      </c>
+      <c r="B117" s="12" t="s">
+        <v>26</v>
+      </c>
+      <c r="C117" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D117" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E117" s="13">
+        <v>769911</v>
+      </c>
+      <c r="F117" s="13"/>
+      <c r="G117" s="14"/>
+      <c r="H117" s="15"/>
+      <c r="I117" s="13">
+        <v>769911</v>
+      </c>
+      <c r="J117" s="14">
+        <v>1</v>
+      </c>
+      <c r="K117" s="16">
+        <v>93.135999999999996</v>
+      </c>
+    </row>
+    <row r="118" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A118" s="12">
+        <v>150307</v>
+      </c>
+      <c r="B118" s="12" t="s">
+        <v>27</v>
+      </c>
+      <c r="C118" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D118" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E118" s="13">
+        <v>333900</v>
+      </c>
+      <c r="F118" s="13">
+        <v>333900</v>
+      </c>
+      <c r="G118" s="14">
+        <v>1</v>
+      </c>
+      <c r="H118" s="15">
+        <v>435.150307</v>
+      </c>
+      <c r="I118" s="13"/>
+      <c r="J118" s="12"/>
+      <c r="K118" s="16"/>
+    </row>
+    <row r="119" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A119" s="12">
+        <v>150321</v>
+      </c>
+      <c r="B119" s="12" t="s">
+        <v>28</v>
+      </c>
+      <c r="C119" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D119" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E119" s="13">
+        <v>122211</v>
+      </c>
+      <c r="F119" s="13"/>
+      <c r="G119" s="14"/>
+      <c r="H119" s="15"/>
+      <c r="I119" s="13">
+        <v>122211</v>
+      </c>
+      <c r="J119" s="14">
+        <v>1</v>
+      </c>
+      <c r="K119" s="16">
+        <v>66.031999999999996</v>
+      </c>
+    </row>
+    <row r="120" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A120" s="12">
+        <v>150330</v>
+      </c>
+      <c r="B120" s="12" t="s">
+        <v>29</v>
+      </c>
+      <c r="C120" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D120" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E120" s="13">
+        <v>59935</v>
+      </c>
+      <c r="F120" s="13"/>
+      <c r="G120" s="14"/>
+      <c r="H120" s="15"/>
+      <c r="I120" s="13">
+        <v>59935</v>
+      </c>
+      <c r="J120" s="14">
+        <v>1</v>
+      </c>
+      <c r="K120" s="16">
+        <v>93.24</v>
+      </c>
+    </row>
+    <row r="121" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A121" s="12">
+        <v>150417</v>
+      </c>
+      <c r="B121" s="12" t="s">
+        <v>30</v>
+      </c>
+      <c r="C121" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D121" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E121" s="13">
+        <v>49050</v>
+      </c>
+      <c r="F121" s="13">
+        <v>49050</v>
+      </c>
+      <c r="G121" s="14">
+        <v>1</v>
+      </c>
+      <c r="H121" s="15">
+        <v>435.150417</v>
+      </c>
+      <c r="I121" s="13"/>
+      <c r="J121" s="12"/>
+      <c r="K121" s="16"/>
+    </row>
+    <row r="122" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A122" s="12">
+        <v>151300</v>
+      </c>
+      <c r="B122" s="12" t="s">
+        <v>31</v>
+      </c>
+      <c r="C122" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D122" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E122" s="13">
+        <v>50000</v>
+      </c>
+      <c r="F122" s="13">
+        <v>50000</v>
+      </c>
+      <c r="G122" s="14">
+        <v>1</v>
+      </c>
+      <c r="H122" s="15">
+        <v>435.15129999999999</v>
+      </c>
+      <c r="I122" s="13"/>
+      <c r="J122" s="12"/>
+      <c r="K122" s="16"/>
+    </row>
+    <row r="123" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A123" s="12">
+        <v>151301</v>
+      </c>
+      <c r="B123" s="12" t="s">
+        <v>32</v>
+      </c>
+      <c r="C123" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D123" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E123" s="13">
+        <v>7042888</v>
+      </c>
+      <c r="F123" s="13">
+        <v>7042888</v>
+      </c>
+      <c r="G123" s="14">
+        <v>1</v>
+      </c>
+      <c r="H123" s="15">
+        <v>435.15130099999999</v>
+      </c>
+      <c r="I123" s="13"/>
+      <c r="J123" s="12"/>
+      <c r="K123" s="16"/>
+    </row>
+    <row r="124" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A124" s="12">
+        <v>151302</v>
+      </c>
+      <c r="B124" s="12" t="s">
+        <v>33</v>
+      </c>
+      <c r="C124" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D124" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E124" s="13">
+        <v>48000</v>
+      </c>
+      <c r="F124" s="13">
+        <v>48000</v>
+      </c>
+      <c r="G124" s="14">
+        <v>1</v>
+      </c>
+      <c r="H124" s="15">
+        <v>435.15130199999999</v>
+      </c>
+      <c r="I124" s="13"/>
+      <c r="J124" s="12"/>
+      <c r="K124" s="16"/>
+    </row>
+    <row r="125" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A125" s="12">
+        <v>151303</v>
+      </c>
+      <c r="B125" s="12" t="s">
+        <v>34</v>
+      </c>
+      <c r="C125" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D125" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E125" s="13">
+        <v>200000</v>
+      </c>
+      <c r="F125" s="13">
+        <v>200000</v>
+      </c>
+      <c r="G125" s="14">
+        <v>1</v>
+      </c>
+      <c r="H125" s="15">
+        <v>435.15130299999998</v>
+      </c>
+      <c r="I125" s="13"/>
+      <c r="J125" s="12"/>
+      <c r="K125" s="16"/>
+    </row>
+    <row r="126" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A126" s="12">
+        <v>151306</v>
+      </c>
+      <c r="B126" s="12" t="s">
+        <v>35</v>
+      </c>
+      <c r="C126" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D126" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E126" s="13">
+        <v>3000000</v>
+      </c>
+      <c r="F126" s="13">
+        <v>3000000</v>
+      </c>
+      <c r="G126" s="14">
+        <v>1</v>
+      </c>
+      <c r="H126" s="15">
+        <v>435.15130599999998</v>
+      </c>
+      <c r="I126" s="13"/>
+      <c r="J126" s="12"/>
+      <c r="K126" s="16"/>
+    </row>
+    <row r="127" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A127" s="12">
+        <v>151710</v>
+      </c>
+      <c r="B127" s="12" t="s">
+        <v>36</v>
+      </c>
+      <c r="C127" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D127" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E127" s="13">
+        <v>2803765</v>
+      </c>
+      <c r="F127" s="13">
+        <v>2803765</v>
+      </c>
+      <c r="G127" s="14">
+        <v>1</v>
+      </c>
+      <c r="H127" s="15">
+        <v>435.15170999999998</v>
+      </c>
+      <c r="I127" s="13"/>
+      <c r="J127" s="12"/>
+      <c r="K127" s="16"/>
+    </row>
+    <row r="128" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A128" s="12">
+        <v>151720</v>
+      </c>
+      <c r="B128" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="C128" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D128" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E128" s="13">
+        <v>53806</v>
+      </c>
+      <c r="F128" s="13">
+        <v>53806</v>
+      </c>
+      <c r="G128" s="14">
+        <v>1</v>
+      </c>
+      <c r="H128" s="15">
+        <v>435.15172000000001</v>
+      </c>
+      <c r="I128" s="13"/>
+      <c r="J128" s="12"/>
+      <c r="K128" s="16"/>
+    </row>
+    <row r="129" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A129" s="12">
+        <v>151738</v>
+      </c>
+      <c r="B129" s="12" t="s">
+        <v>38</v>
+      </c>
+      <c r="C129" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D129" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E129" s="13">
+        <v>700000</v>
+      </c>
+      <c r="F129" s="13">
+        <v>700000</v>
+      </c>
+      <c r="G129" s="14">
+        <v>1</v>
+      </c>
+      <c r="H129" s="15">
+        <v>435.15173800000002</v>
+      </c>
+      <c r="I129" s="13"/>
+      <c r="J129" s="12"/>
+      <c r="K129" s="16"/>
+    </row>
+    <row r="130" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A130" s="12">
+        <v>151780</v>
+      </c>
+      <c r="B130" s="12" t="s">
+        <v>39</v>
+      </c>
+      <c r="C130" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D130" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E130" s="13">
+        <v>34172</v>
+      </c>
+      <c r="F130" s="13"/>
+      <c r="G130" s="14"/>
+      <c r="H130" s="15"/>
+      <c r="I130" s="13">
+        <v>34172</v>
+      </c>
+      <c r="J130" s="14">
+        <v>1</v>
+      </c>
+      <c r="K130" s="16">
+        <v>93.366</v>
+      </c>
+    </row>
+    <row r="131" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A131" s="12">
+        <v>152003</v>
+      </c>
+      <c r="B131" s="12" t="s">
+        <v>40</v>
+      </c>
+      <c r="C131" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D131" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E131" s="13">
+        <v>36000</v>
+      </c>
+      <c r="F131" s="13">
+        <v>36000</v>
+      </c>
+      <c r="G131" s="14">
+        <v>1</v>
+      </c>
+      <c r="H131" s="15">
+        <v>435.15200299999998</v>
+      </c>
+      <c r="I131" s="13"/>
+      <c r="J131" s="12"/>
+      <c r="K131" s="16"/>
+    </row>
+    <row r="132" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A132" s="12">
+        <v>152018</v>
+      </c>
+      <c r="B132" s="12" t="s">
+        <v>41</v>
+      </c>
+      <c r="C132" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D132" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E132" s="13">
+        <v>686000</v>
+      </c>
+      <c r="F132" s="13"/>
+      <c r="G132" s="14"/>
+      <c r="H132" s="15"/>
+      <c r="I132" s="13">
+        <v>686000</v>
+      </c>
+      <c r="J132" s="14">
+        <v>1</v>
+      </c>
+      <c r="K132" s="16">
+        <v>93.11</v>
+      </c>
+    </row>
+    <row r="133" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A133" s="12">
+        <v>152020</v>
+      </c>
+      <c r="B133" s="12" t="s">
+        <v>42</v>
+      </c>
+      <c r="C133" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D133" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E133" s="13">
+        <v>31500</v>
+      </c>
+      <c r="F133" s="13">
+        <v>31500</v>
+      </c>
+      <c r="G133" s="14">
+        <v>1</v>
+      </c>
+      <c r="H133" s="15">
+        <v>435.15201999999999</v>
+      </c>
+      <c r="I133" s="13"/>
+      <c r="J133" s="12"/>
+      <c r="K133" s="16"/>
+    </row>
+    <row r="134" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A134" s="12">
+        <v>152021</v>
+      </c>
+      <c r="B134" s="12" t="s">
+        <v>43</v>
+      </c>
+      <c r="C134" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D134" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E134" s="13">
+        <v>698000</v>
+      </c>
+      <c r="F134" s="13"/>
+      <c r="G134" s="14"/>
+      <c r="H134" s="15"/>
+      <c r="I134" s="13">
+        <v>698000</v>
+      </c>
+      <c r="J134" s="14">
+        <v>1</v>
+      </c>
+      <c r="K134" s="16">
+        <v>93.11</v>
+      </c>
+    </row>
+    <row r="135" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A135" s="12">
+        <v>152112</v>
+      </c>
+      <c r="B135" s="12" t="s">
+        <v>44</v>
+      </c>
+      <c r="C135" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D135" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E135" s="13">
+        <v>171759</v>
+      </c>
+      <c r="F135" s="13"/>
+      <c r="G135" s="14"/>
+      <c r="H135" s="15"/>
+      <c r="I135" s="13">
+        <v>171759</v>
+      </c>
+      <c r="J135" s="14">
+        <v>1</v>
+      </c>
+      <c r="K135" s="16">
+        <v>93.421000000000006</v>
+      </c>
+    </row>
+    <row r="136" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A136" s="12">
+        <v>152304</v>
+      </c>
+      <c r="B136" s="12" t="s">
+        <v>45</v>
+      </c>
+      <c r="C136" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D136" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E136" s="13">
+        <v>498551</v>
+      </c>
+      <c r="F136" s="13"/>
+      <c r="G136" s="14"/>
+      <c r="H136" s="15"/>
+      <c r="I136" s="13">
+        <v>498551</v>
+      </c>
+      <c r="J136" s="14">
+        <v>1</v>
+      </c>
+      <c r="K136" s="16">
+        <v>93.426000000000002</v>
+      </c>
+    </row>
+    <row r="137" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A137" s="12">
+        <v>152320</v>
+      </c>
+      <c r="B137" s="12" t="s">
+        <v>46</v>
+      </c>
+      <c r="C137" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D137" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E137" s="13">
+        <v>248750</v>
+      </c>
+      <c r="F137" s="13"/>
+      <c r="G137" s="14"/>
+      <c r="H137" s="15"/>
+      <c r="I137" s="13">
+        <v>248750</v>
+      </c>
+      <c r="J137" s="14">
+        <v>1</v>
+      </c>
+      <c r="K137" s="16">
+        <v>93.988</v>
+      </c>
+    </row>
+    <row r="138" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A138" s="12">
+        <v>152401</v>
+      </c>
+      <c r="B138" s="12" t="s">
+        <v>47</v>
+      </c>
+      <c r="C138" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D138" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E138" s="13">
+        <v>718809</v>
+      </c>
+      <c r="F138" s="13"/>
+      <c r="G138" s="14"/>
+      <c r="H138" s="15"/>
+      <c r="I138" s="13">
+        <v>718809</v>
+      </c>
+      <c r="J138" s="14">
+        <v>1</v>
+      </c>
+      <c r="K138" s="16">
+        <v>93.135999999999996</v>
+      </c>
+    </row>
+    <row r="139" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A139" s="12">
+        <v>152801</v>
+      </c>
+      <c r="B139" s="12" t="s">
+        <v>48</v>
+      </c>
+      <c r="C139" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D139" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E139" s="13">
+        <v>106080</v>
+      </c>
+      <c r="F139" s="13">
+        <v>106080</v>
+      </c>
+      <c r="G139" s="14">
+        <v>1</v>
+      </c>
+      <c r="H139" s="15">
+        <v>435.15280100000001</v>
+      </c>
+      <c r="I139" s="13"/>
+      <c r="J139" s="12"/>
+      <c r="K139" s="16"/>
+    </row>
+    <row r="140" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A140" s="12">
+        <v>152802</v>
+      </c>
+      <c r="B140" s="12" t="s">
+        <v>49</v>
+      </c>
+      <c r="C140" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D140" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E140" s="13">
+        <v>50000</v>
+      </c>
+      <c r="F140" s="13">
+        <v>50000</v>
+      </c>
+      <c r="G140" s="14">
+        <v>1</v>
+      </c>
+      <c r="H140" s="15">
+        <v>435.15280200000001</v>
+      </c>
+      <c r="I140" s="13"/>
+      <c r="J140" s="12"/>
+      <c r="K140" s="16"/>
+    </row>
+    <row r="141" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A141" s="12">
+        <v>152803</v>
+      </c>
+      <c r="B141" s="12" t="s">
+        <v>50</v>
+      </c>
+      <c r="C141" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D141" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E141" s="13">
+        <v>70000</v>
+      </c>
+      <c r="F141" s="13">
+        <v>70000</v>
+      </c>
+      <c r="G141" s="14">
+        <v>1</v>
+      </c>
+      <c r="H141" s="15">
+        <v>435.15280300000001</v>
+      </c>
+      <c r="I141" s="13"/>
+      <c r="J141" s="12"/>
+      <c r="K141" s="16"/>
+    </row>
+    <row r="142" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A142" s="12">
+        <v>153021</v>
+      </c>
+      <c r="B142" s="12" t="s">
+        <v>51</v>
+      </c>
+      <c r="C142" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D142" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E142" s="13">
+        <v>431158</v>
+      </c>
+      <c r="F142" s="13"/>
+      <c r="G142" s="14"/>
+      <c r="H142" s="15"/>
+      <c r="I142" s="13">
+        <v>431158</v>
+      </c>
+      <c r="J142" s="14">
+        <v>1</v>
+      </c>
+      <c r="K142" s="16">
+        <v>93.944999999999993</v>
+      </c>
+    </row>
+    <row r="143" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A143" s="12">
+        <v>153311</v>
+      </c>
+      <c r="B143" s="12" t="s">
+        <v>52</v>
+      </c>
+      <c r="C143" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D143" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E143" s="13">
+        <v>204200</v>
+      </c>
+      <c r="F143" s="13">
+        <v>204200</v>
+      </c>
+      <c r="G143" s="14">
+        <v>1</v>
+      </c>
+      <c r="H143" s="15">
+        <v>435.15331099999997</v>
+      </c>
+      <c r="I143" s="13"/>
+      <c r="J143" s="12"/>
+      <c r="K143" s="16"/>
+    </row>
+    <row r="144" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A144" s="12">
+        <v>153312</v>
+      </c>
+      <c r="B144" s="12" t="s">
+        <v>53</v>
+      </c>
+      <c r="C144" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D144" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E144" s="13">
+        <v>210000</v>
+      </c>
+      <c r="F144" s="13">
+        <v>210000</v>
+      </c>
+      <c r="G144" s="14">
+        <v>1</v>
+      </c>
+      <c r="H144" s="15">
+        <v>435.15331200000003</v>
+      </c>
+      <c r="I144" s="13"/>
+      <c r="J144" s="12"/>
+      <c r="K144" s="16"/>
+    </row>
+    <row r="145" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A145" s="12">
+        <v>153313</v>
+      </c>
+      <c r="B145" s="12" t="s">
+        <v>54</v>
+      </c>
+      <c r="C145" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D145" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E145" s="13">
+        <v>40000</v>
+      </c>
+      <c r="F145" s="13">
+        <v>40000</v>
+      </c>
+      <c r="G145" s="14">
+        <v>1</v>
+      </c>
+      <c r="H145" s="15">
+        <v>435.15331300000003</v>
+      </c>
+      <c r="I145" s="13"/>
+      <c r="J145" s="12"/>
+      <c r="K145" s="16"/>
+    </row>
+    <row r="146" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A146" s="12">
+        <v>153314</v>
+      </c>
+      <c r="B146" s="12" t="s">
+        <v>55</v>
+      </c>
+      <c r="C146" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D146" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E146" s="13">
+        <v>11930</v>
+      </c>
+      <c r="F146" s="13">
+        <v>11930</v>
+      </c>
+      <c r="G146" s="14">
+        <v>1</v>
+      </c>
+      <c r="H146" s="15">
+        <v>435.15331400000002</v>
+      </c>
+      <c r="I146" s="13"/>
+      <c r="J146" s="12"/>
+      <c r="K146" s="16"/>
+    </row>
+    <row r="147" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A147" s="12">
+        <v>154551</v>
+      </c>
+      <c r="B147" s="12" t="s">
+        <v>56</v>
+      </c>
+      <c r="C147" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D147" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E147" s="13">
+        <v>132800</v>
+      </c>
+      <c r="F147" s="13"/>
+      <c r="G147" s="14"/>
+      <c r="H147" s="15"/>
+      <c r="I147" s="13">
+        <v>132800</v>
+      </c>
+      <c r="J147" s="14">
+        <v>1</v>
+      </c>
+      <c r="K147" s="16">
+        <v>93.438999999999993</v>
+      </c>
+    </row>
+    <row r="148" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A148" s="12">
+        <v>154661</v>
+      </c>
+      <c r="B148" s="12" t="s">
+        <v>57</v>
+      </c>
+      <c r="C148" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D148" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E148" s="13">
+        <v>452089</v>
+      </c>
+      <c r="F148" s="13"/>
+      <c r="G148" s="14"/>
+      <c r="H148" s="15"/>
+      <c r="I148" s="13">
+        <v>452089</v>
+      </c>
+      <c r="J148" s="14">
+        <v>1</v>
+      </c>
+      <c r="K148" s="16">
+        <v>10.561</v>
+      </c>
+    </row>
+    <row r="149" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A149" s="12">
+        <v>154780</v>
+      </c>
+      <c r="B149" s="12" t="s">
+        <v>58</v>
+      </c>
+      <c r="C149" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D149" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E149" s="13">
+        <v>1097374</v>
+      </c>
+      <c r="F149" s="13"/>
+      <c r="G149" s="14"/>
+      <c r="H149" s="15"/>
+      <c r="I149" s="13">
+        <v>1097374</v>
+      </c>
+      <c r="J149" s="14">
+        <v>1</v>
+      </c>
+      <c r="K149" s="16">
+        <v>10.565</v>
+      </c>
+    </row>
+    <row r="150" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A150" s="12">
+        <v>154792</v>
+      </c>
+      <c r="B150" s="12" t="s">
+        <v>59</v>
+      </c>
+      <c r="C150" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D150" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E150" s="13">
+        <v>35000</v>
+      </c>
+      <c r="F150" s="13">
+        <v>35000</v>
+      </c>
+      <c r="G150" s="14">
+        <v>1</v>
+      </c>
+      <c r="H150" s="15">
+        <v>435.15479199999999</v>
+      </c>
+      <c r="I150" s="13"/>
+      <c r="J150" s="12"/>
+      <c r="K150" s="16"/>
+    </row>
+    <row r="151" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A151" s="12">
+        <v>155015</v>
+      </c>
+      <c r="B151" s="12" t="s">
+        <v>60</v>
+      </c>
+      <c r="C151" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D151" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E151" s="13">
+        <v>5038415</v>
+      </c>
+      <c r="F151" s="13"/>
+      <c r="G151" s="14"/>
+      <c r="H151" s="15"/>
+      <c r="I151" s="13">
+        <v>5038415</v>
+      </c>
+      <c r="J151" s="14">
+        <v>1</v>
+      </c>
+      <c r="K151" s="16">
+        <v>93.069000000000003</v>
+      </c>
+    </row>
+    <row r="152" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A152" s="12">
+        <v>155022</v>
+      </c>
+      <c r="B152" s="12" t="s">
+        <v>61</v>
+      </c>
+      <c r="C152" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D152" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E152" s="13">
+        <v>1623401</v>
+      </c>
+      <c r="F152" s="13"/>
+      <c r="G152" s="14"/>
+      <c r="H152" s="15"/>
+      <c r="I152" s="13">
+        <v>1623401</v>
+      </c>
+      <c r="J152" s="14">
+        <v>1</v>
+      </c>
+      <c r="K152" s="16">
+        <v>93.268000000000001</v>
+      </c>
+    </row>
+    <row r="153" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A153" s="12">
+        <v>155027</v>
+      </c>
+      <c r="B153" s="12" t="s">
+        <v>62</v>
+      </c>
+      <c r="C153" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D153" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E153" s="13">
+        <v>273362</v>
+      </c>
+      <c r="F153" s="13"/>
+      <c r="G153" s="14"/>
+      <c r="H153" s="15"/>
+      <c r="I153" s="13">
+        <v>273362</v>
+      </c>
+      <c r="J153" s="14">
+        <v>1</v>
+      </c>
+      <c r="K153" s="16">
+        <v>93.977000000000004</v>
+      </c>
+    </row>
+    <row r="154" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A154" s="12">
+        <v>155043</v>
+      </c>
+      <c r="B154" s="12" t="s">
+        <v>63</v>
+      </c>
+      <c r="C154" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D154" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E154" s="13">
+        <v>110000</v>
+      </c>
+      <c r="F154" s="13"/>
+      <c r="G154" s="14"/>
+      <c r="H154" s="15"/>
+      <c r="I154" s="13">
+        <v>110000</v>
+      </c>
+      <c r="J154" s="14">
+        <v>1</v>
+      </c>
+      <c r="K154" s="16">
+        <v>93.13</v>
+      </c>
+    </row>
+    <row r="155" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A155" s="12">
+        <v>155050</v>
+      </c>
+      <c r="B155" s="12" t="s">
+        <v>64</v>
+      </c>
+      <c r="C155" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D155" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E155" s="13">
+        <v>375731</v>
+      </c>
+      <c r="F155" s="13"/>
+      <c r="G155" s="14"/>
+      <c r="H155" s="15"/>
+      <c r="I155" s="13">
+        <v>375731</v>
+      </c>
+      <c r="J155" s="14">
+        <v>1</v>
+      </c>
+      <c r="K155" s="16">
+        <v>93.069000000000003</v>
+      </c>
+    </row>
+    <row r="156" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A156" s="12">
+        <v>155073</v>
+      </c>
+      <c r="B156" s="12" t="s">
+        <v>65</v>
+      </c>
+      <c r="C156" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D156" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E156" s="13">
+        <v>202000</v>
+      </c>
+      <c r="F156" s="13"/>
+      <c r="G156" s="14"/>
+      <c r="H156" s="15"/>
+      <c r="I156" s="13">
+        <v>202000</v>
+      </c>
+      <c r="J156" s="14">
+        <v>1</v>
+      </c>
+      <c r="K156" s="16">
+        <v>93.07</v>
+      </c>
+    </row>
+    <row r="157" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A157" s="12">
+        <v>155078</v>
+      </c>
+      <c r="B157" s="12" t="s">
+        <v>66</v>
+      </c>
+      <c r="C157" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D157" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E157" s="13">
+        <v>149922</v>
+      </c>
+      <c r="F157" s="13"/>
+      <c r="G157" s="14"/>
+      <c r="H157" s="15"/>
+      <c r="I157" s="13">
+        <v>149922</v>
+      </c>
+      <c r="J157" s="14">
+        <v>1</v>
+      </c>
+      <c r="K157" s="16">
+        <v>93.07</v>
+      </c>
+    </row>
+    <row r="158" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A158" s="12">
+        <v>155080</v>
+      </c>
+      <c r="B158" s="12" t="s">
+        <v>67</v>
+      </c>
+      <c r="C158" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D158" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E158" s="13">
+        <v>624998</v>
+      </c>
+      <c r="F158" s="13"/>
+      <c r="G158" s="14"/>
+      <c r="H158" s="15"/>
+      <c r="I158" s="13">
+        <v>624998</v>
+      </c>
+      <c r="J158" s="14">
+        <v>1</v>
+      </c>
+      <c r="K158" s="16">
+        <v>93.135999999999996</v>
+      </c>
+    </row>
+    <row r="159" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A159" s="12">
+        <v>155119</v>
+      </c>
+      <c r="B159" s="12" t="s">
+        <v>68</v>
+      </c>
+      <c r="C159" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D159" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E159" s="13">
+        <v>195000</v>
+      </c>
+      <c r="F159" s="13"/>
+      <c r="G159" s="14"/>
+      <c r="H159" s="15"/>
+      <c r="I159" s="13">
+        <v>195000</v>
+      </c>
+      <c r="J159" s="14">
+        <v>1</v>
+      </c>
+      <c r="K159" s="16">
+        <v>93.069000000000003</v>
+      </c>
+    </row>
+    <row r="160" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A160" s="12">
+        <v>155181</v>
+      </c>
+      <c r="B160" s="12" t="s">
+        <v>69</v>
+      </c>
+      <c r="C160" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D160" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E160" s="13">
+        <v>59045</v>
+      </c>
+      <c r="F160" s="13"/>
+      <c r="G160" s="14"/>
+      <c r="H160" s="15"/>
+      <c r="I160" s="13">
+        <v>59045</v>
+      </c>
+      <c r="J160" s="14">
+        <v>1</v>
+      </c>
+      <c r="K160" s="16">
+        <v>93.069000000000003</v>
+      </c>
+    </row>
+    <row r="161" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A161" s="12">
+        <v>155190</v>
+      </c>
+      <c r="B161" s="12" t="s">
+        <v>70</v>
+      </c>
+      <c r="C161" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D161" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E161" s="13">
+        <v>713645</v>
+      </c>
+      <c r="F161" s="13"/>
+      <c r="G161" s="14"/>
+      <c r="H161" s="15"/>
+      <c r="I161" s="13">
+        <v>713645</v>
+      </c>
+      <c r="J161" s="14">
+        <v>1</v>
+      </c>
+      <c r="K161" s="16">
+        <v>93.069000000000003</v>
+      </c>
+    </row>
+    <row r="162" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A162" s="12">
+        <v>155191</v>
+      </c>
+      <c r="B162" s="12" t="s">
+        <v>70</v>
+      </c>
+      <c r="C162" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D162" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E162" s="13">
+        <v>132424</v>
+      </c>
+      <c r="F162" s="13"/>
+      <c r="G162" s="14"/>
+      <c r="H162" s="15"/>
+      <c r="I162" s="13">
+        <v>132424</v>
+      </c>
+      <c r="J162" s="14">
+        <v>1</v>
+      </c>
+      <c r="K162" s="16">
+        <v>93.069000000000003</v>
+      </c>
+    </row>
+    <row r="163" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A163" s="12">
+        <v>155195</v>
+      </c>
+      <c r="B163" s="12" t="s">
+        <v>71</v>
+      </c>
+      <c r="C163" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D163" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E163" s="13">
+        <v>182198</v>
+      </c>
+      <c r="F163" s="13"/>
+      <c r="G163" s="14"/>
+      <c r="H163" s="15"/>
+      <c r="I163" s="13">
+        <v>182198</v>
+      </c>
+      <c r="J163" s="14">
+        <v>1</v>
+      </c>
+      <c r="K163" s="16">
+        <v>93.126999999999995</v>
+      </c>
+    </row>
+    <row r="164" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A164" s="12">
+        <v>155200</v>
+      </c>
+      <c r="B164" s="12" t="s">
+        <v>72</v>
+      </c>
+      <c r="C164" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D164" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E164" s="13">
+        <v>415168</v>
+      </c>
+      <c r="F164" s="13"/>
+      <c r="G164" s="14"/>
+      <c r="H164" s="15"/>
+      <c r="I164" s="13">
+        <v>415168</v>
+      </c>
+      <c r="J164" s="14">
+        <v>1</v>
+      </c>
+      <c r="K164" s="16">
+        <v>93.897999999999996</v>
+      </c>
+    </row>
+    <row r="165" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A165" s="12">
+        <v>155201</v>
+      </c>
+      <c r="B165" s="12" t="s">
+        <v>73</v>
+      </c>
+      <c r="C165" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D165" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E165" s="13">
+        <v>2000000</v>
+      </c>
+      <c r="F165" s="13">
+        <v>2000000</v>
+      </c>
+      <c r="G165" s="14">
+        <v>1</v>
+      </c>
+      <c r="H165" s="15">
+        <v>435.15520099999998</v>
+      </c>
+      <c r="I165" s="13"/>
+      <c r="J165" s="12"/>
+      <c r="K165" s="16"/>
+    </row>
+    <row r="166" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A166" s="12">
+        <v>155350</v>
+      </c>
+      <c r="B166" s="12" t="s">
+        <v>74</v>
+      </c>
+      <c r="C166" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D166" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E166" s="13">
+        <v>159497</v>
+      </c>
+      <c r="F166" s="13"/>
+      <c r="G166" s="14"/>
+      <c r="H166" s="15"/>
+      <c r="I166" s="13">
+        <v>159497</v>
+      </c>
+      <c r="J166" s="14">
+        <v>1</v>
+      </c>
+      <c r="K166" s="16">
+        <v>93.387</v>
+      </c>
+    </row>
+    <row r="167" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A167" s="12">
+        <v>155715</v>
+      </c>
+      <c r="B167" s="12" t="s">
+        <v>75</v>
+      </c>
+      <c r="C167" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D167" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E167" s="13">
+        <v>213669</v>
+      </c>
+      <c r="F167" s="13"/>
+      <c r="G167" s="14"/>
+      <c r="H167" s="15"/>
+      <c r="I167" s="13">
+        <v>213669</v>
+      </c>
+      <c r="J167" s="14">
+        <v>1</v>
+      </c>
+      <c r="K167" s="16">
+        <v>93.322999999999993</v>
+      </c>
+    </row>
+    <row r="168" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A168" s="12">
+        <v>155716</v>
+      </c>
+      <c r="B168" s="12" t="s">
+        <v>76</v>
+      </c>
+      <c r="C168" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D168" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E168" s="13">
+        <v>267684</v>
+      </c>
+      <c r="F168" s="13"/>
+      <c r="G168" s="14"/>
+      <c r="H168" s="15"/>
+      <c r="I168" s="13">
+        <v>267684</v>
+      </c>
+      <c r="J168" s="14">
+        <v>1</v>
+      </c>
+      <c r="K168" s="16">
+        <v>93.322999999999993</v>
+      </c>
+    </row>
+    <row r="169" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A169" s="12">
+        <v>155795</v>
+      </c>
+      <c r="B169" s="12" t="s">
+        <v>77</v>
+      </c>
+      <c r="C169" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D169" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E169" s="13">
+        <v>1049843</v>
+      </c>
+      <c r="F169" s="13">
+        <v>1049843</v>
+      </c>
+      <c r="G169" s="14">
+        <v>1</v>
+      </c>
+      <c r="H169" s="15">
+        <v>435.15579500000001</v>
+      </c>
+      <c r="I169" s="13"/>
+      <c r="J169" s="12"/>
+      <c r="K169" s="16"/>
+    </row>
+    <row r="170" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A170" s="12">
+        <v>155797</v>
+      </c>
+      <c r="B170" s="12" t="s">
+        <v>78</v>
+      </c>
+      <c r="C170" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D170" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E170" s="13">
+        <v>100000</v>
+      </c>
+      <c r="F170" s="13">
+        <v>100000</v>
+      </c>
+      <c r="G170" s="14">
+        <v>1</v>
+      </c>
+      <c r="H170" s="15">
+        <v>435.15579700000001</v>
+      </c>
+      <c r="I170" s="13"/>
+      <c r="J170" s="12"/>
+      <c r="K170" s="16"/>
+    </row>
+    <row r="171" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A171" s="12">
+        <v>155800</v>
+      </c>
+      <c r="B171" s="12" t="s">
+        <v>79</v>
+      </c>
+      <c r="C171" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D171" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E171" s="13">
+        <v>469820</v>
+      </c>
+      <c r="F171" s="13">
+        <v>469820</v>
+      </c>
+      <c r="G171" s="14">
+        <v>1</v>
+      </c>
+      <c r="H171" s="15">
+        <v>435.1558</v>
+      </c>
+      <c r="I171" s="13"/>
+      <c r="J171" s="12"/>
+      <c r="K171" s="16"/>
+    </row>
+    <row r="172" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A172" s="12">
+        <v>155899</v>
+      </c>
+      <c r="B172" s="12" t="s">
+        <v>80</v>
+      </c>
+      <c r="C172" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D172" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E172" s="13">
+        <v>266624</v>
+      </c>
+      <c r="F172" s="13"/>
+      <c r="G172" s="14"/>
+      <c r="H172" s="15"/>
+      <c r="I172" s="13">
+        <v>266624</v>
+      </c>
+      <c r="J172" s="14">
+        <v>1</v>
+      </c>
+      <c r="K172" s="16">
+        <v>93.81</v>
+      </c>
+    </row>
+    <row r="173" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A173" s="12">
+        <v>155900</v>
+      </c>
+      <c r="B173" s="12" t="s">
+        <v>81</v>
+      </c>
+      <c r="C173" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D173" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E173" s="13">
+        <v>395780</v>
+      </c>
+      <c r="F173" s="13"/>
+      <c r="G173" s="14"/>
+      <c r="H173" s="15"/>
+      <c r="I173" s="13">
+        <v>74000</v>
+      </c>
+      <c r="J173" s="14">
+        <v>0.187</v>
+      </c>
+      <c r="K173" s="16">
+        <v>93.959000000000003</v>
+      </c>
+    </row>
+    <row r="174" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A174" s="12">
+        <v>155900</v>
+      </c>
+      <c r="B174" s="12" t="s">
+        <v>81</v>
+      </c>
+      <c r="C174" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D174" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E174" s="13">
+        <v>395780</v>
+      </c>
+      <c r="F174" s="13">
+        <v>321780</v>
+      </c>
+      <c r="G174" s="14">
+        <v>0.81299999999999994</v>
+      </c>
+      <c r="H174" s="15">
+        <v>435.15589999999997</v>
+      </c>
+      <c r="I174" s="13"/>
+      <c r="J174" s="12"/>
+      <c r="K174" s="16"/>
+    </row>
+    <row r="175" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A175" s="12">
+        <v>155902</v>
+      </c>
+      <c r="B175" s="12" t="s">
+        <v>82</v>
+      </c>
+      <c r="C175" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D175" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E175" s="13">
+        <v>4000000</v>
+      </c>
+      <c r="F175" s="13">
+        <v>4000000</v>
+      </c>
+      <c r="G175" s="14">
+        <v>1</v>
+      </c>
+      <c r="H175" s="15">
+        <v>435.15590200000003</v>
+      </c>
+      <c r="I175" s="13"/>
+      <c r="J175" s="12"/>
+      <c r="K175" s="16"/>
+    </row>
+    <row r="176" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A176" s="12">
+        <v>155903</v>
+      </c>
+      <c r="B176" s="12" t="s">
+        <v>83</v>
+      </c>
+      <c r="C176" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D176" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E176" s="13">
+        <v>107088</v>
+      </c>
+      <c r="F176" s="13"/>
+      <c r="G176" s="14"/>
+      <c r="H176" s="15"/>
+      <c r="I176" s="13">
+        <v>107088</v>
+      </c>
+      <c r="J176" s="14">
+        <v>1</v>
+      </c>
+      <c r="K176" s="16">
+        <v>93.94</v>
+      </c>
+    </row>
+    <row r="177" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A177" s="12">
+        <v>155908</v>
+      </c>
+      <c r="B177" s="12" t="s">
+        <v>84</v>
+      </c>
+      <c r="C177" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D177" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E177" s="13">
+        <v>429999</v>
+      </c>
+      <c r="F177" s="13">
+        <v>429999</v>
+      </c>
+      <c r="G177" s="14">
+        <v>1</v>
+      </c>
+      <c r="H177" s="15">
+        <v>435.15590800000001</v>
+      </c>
+      <c r="I177" s="13"/>
+      <c r="J177" s="12"/>
+      <c r="K177" s="16"/>
+    </row>
+    <row r="178" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A178" s="12">
+        <v>155958</v>
+      </c>
+      <c r="B178" s="12" t="s">
+        <v>85</v>
+      </c>
+      <c r="C178" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D178" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E178" s="13">
+        <v>480000</v>
+      </c>
+      <c r="F178" s="13"/>
+      <c r="G178" s="14"/>
+      <c r="H178" s="15"/>
+      <c r="I178" s="13">
+        <v>480000</v>
+      </c>
+      <c r="J178" s="14">
+        <v>1</v>
+      </c>
+      <c r="K178" s="16">
+        <v>93.94</v>
+      </c>
+    </row>
+    <row r="179" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A179" s="12">
+        <v>155962</v>
+      </c>
+      <c r="B179" s="12" t="s">
+        <v>86</v>
+      </c>
+      <c r="C179" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D179" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E179" s="13">
+        <v>41470</v>
+      </c>
+      <c r="F179" s="13"/>
+      <c r="G179" s="14"/>
+      <c r="H179" s="15"/>
+      <c r="I179" s="13">
+        <v>41470</v>
+      </c>
+      <c r="J179" s="14">
+        <v>1</v>
+      </c>
+      <c r="K179" s="16">
+        <v>93.977000000000004</v>
+      </c>
+    </row>
+    <row r="180" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A180" s="12">
+        <v>157010</v>
+      </c>
+      <c r="B180" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="C180" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D180" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E180" s="13">
+        <v>1610036</v>
+      </c>
+      <c r="F180" s="13">
+        <v>1610036</v>
+      </c>
+      <c r="G180" s="14">
+        <v>1</v>
+      </c>
+      <c r="H180" s="15">
+        <v>435.15701000000001</v>
+      </c>
+      <c r="I180" s="13"/>
+      <c r="J180" s="12"/>
+      <c r="K180" s="16"/>
+    </row>
+    <row r="181" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A181" s="12">
+        <v>157028</v>
+      </c>
+      <c r="B181" s="12" t="s">
+        <v>88</v>
+      </c>
+      <c r="C181" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D181" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E181" s="13">
+        <v>342151</v>
+      </c>
+      <c r="F181" s="13">
+        <v>342151</v>
+      </c>
+      <c r="G181" s="14">
+        <v>1</v>
+      </c>
+      <c r="H181" s="15">
+        <v>435.15702800000003</v>
+      </c>
+      <c r="I181" s="13"/>
+      <c r="J181" s="12"/>
+      <c r="K181" s="16"/>
+    </row>
+    <row r="182" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A182" s="12">
+        <v>157120</v>
+      </c>
+      <c r="B182" s="12" t="s">
+        <v>89</v>
+      </c>
+      <c r="C182" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D182" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E182" s="13">
+        <v>157035</v>
+      </c>
+      <c r="F182" s="13"/>
+      <c r="G182" s="14"/>
+      <c r="H182" s="15"/>
+      <c r="I182" s="13">
+        <v>157035</v>
+      </c>
+      <c r="J182" s="14">
+        <v>1</v>
+      </c>
+      <c r="K182" s="16">
+        <v>93.897999999999996</v>
+      </c>
+    </row>
+    <row r="183" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A183" s="12">
+        <v>157125</v>
+      </c>
+      <c r="B183" s="12" t="s">
+        <v>90</v>
+      </c>
+      <c r="C183" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D183" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E183" s="13">
+        <v>81024</v>
+      </c>
+      <c r="F183" s="13"/>
+      <c r="G183" s="14"/>
+      <c r="H183" s="15"/>
+      <c r="I183" s="13">
+        <v>81024</v>
+      </c>
+      <c r="J183" s="14">
+        <v>1</v>
+      </c>
+      <c r="K183" s="16">
+        <v>93.436000000000007</v>
+      </c>
+    </row>
+    <row r="184" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A184" s="12">
+        <v>157720</v>
+      </c>
+      <c r="B184" s="12" t="s">
+        <v>91</v>
+      </c>
+      <c r="C184" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D184" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E184" s="13">
+        <v>769700</v>
+      </c>
+      <c r="F184" s="13">
+        <v>769700</v>
+      </c>
+      <c r="G184" s="14">
+        <v>1</v>
+      </c>
+      <c r="H184" s="15">
+        <v>435.15771999999998</v>
+      </c>
+      <c r="I184" s="13"/>
+      <c r="J184" s="12"/>
+      <c r="K184" s="16"/>
+    </row>
+    <row r="185" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A185" s="12">
+        <v>157799</v>
+      </c>
+      <c r="B185" s="12" t="s">
+        <v>92</v>
+      </c>
+      <c r="C185" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D185" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E185" s="13">
+        <v>175000</v>
+      </c>
+      <c r="F185" s="13">
+        <v>175000</v>
+      </c>
+      <c r="G185" s="14">
+        <v>1</v>
+      </c>
+      <c r="H185" s="15">
+        <v>435.15779900000001</v>
+      </c>
+      <c r="I185" s="13"/>
+      <c r="J185" s="12"/>
+      <c r="K185" s="16"/>
+    </row>
+    <row r="186" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A186" s="12">
+        <v>158135</v>
+      </c>
+      <c r="B186" s="12" t="s">
+        <v>93</v>
+      </c>
+      <c r="C186" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D186" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E186" s="13">
+        <v>79000</v>
+      </c>
+      <c r="F186" s="13">
+        <v>79000</v>
+      </c>
+      <c r="G186" s="14">
+        <v>1</v>
+      </c>
+      <c r="H186" s="15">
+        <v>435.15813500000002</v>
+      </c>
+      <c r="I186" s="13"/>
+      <c r="J186" s="12"/>
+      <c r="K186" s="16"/>
+    </row>
+    <row r="187" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A187" s="12">
+        <v>158136</v>
+      </c>
+      <c r="B187" s="12" t="s">
+        <v>94</v>
+      </c>
+      <c r="C187" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D187" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E187" s="13">
+        <v>72888</v>
+      </c>
+      <c r="F187" s="13"/>
+      <c r="G187" s="14"/>
+      <c r="H187" s="15"/>
+      <c r="I187" s="13">
+        <v>72888</v>
+      </c>
+      <c r="J187" s="14">
+        <v>1</v>
+      </c>
+      <c r="K187" s="16">
+        <v>93.387</v>
+      </c>
+    </row>
+    <row r="188" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A188" s="12">
+        <v>158164</v>
+      </c>
+      <c r="B188" s="12" t="s">
+        <v>95</v>
+      </c>
+      <c r="C188" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D188" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E188" s="13">
+        <v>60000</v>
+      </c>
+      <c r="F188" s="13">
+        <v>60000</v>
+      </c>
+      <c r="G188" s="14">
+        <v>1</v>
+      </c>
+      <c r="H188" s="15">
+        <v>435.158164</v>
+      </c>
+      <c r="I188" s="13"/>
+      <c r="J188" s="12"/>
+      <c r="K188" s="16"/>
+    </row>
+    <row r="189" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A189" s="12">
+        <v>159220</v>
+      </c>
+      <c r="B189" s="12" t="s">
+        <v>96</v>
+      </c>
+      <c r="C189" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D189" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E189" s="13">
+        <v>689960</v>
+      </c>
+      <c r="F189" s="13"/>
+      <c r="G189" s="14"/>
+      <c r="H189" s="15"/>
+      <c r="I189" s="13">
+        <v>689960</v>
+      </c>
+      <c r="J189" s="14">
+        <v>1</v>
+      </c>
+      <c r="K189" s="16">
+        <v>93.991</v>
+      </c>
+    </row>
+    <row r="190" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A190" s="12">
+        <v>159240</v>
+      </c>
+      <c r="B190" s="12" t="s">
+        <v>97</v>
+      </c>
+      <c r="C190" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D190" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E190" s="13">
+        <v>80000</v>
+      </c>
+      <c r="F190" s="13"/>
+      <c r="G190" s="14"/>
+      <c r="H190" s="15"/>
+      <c r="I190" s="13">
+        <v>80000</v>
+      </c>
+      <c r="J190" s="14">
+        <v>1</v>
+      </c>
+      <c r="K190" s="16">
+        <v>93.135999999999996</v>
+      </c>
+    </row>
+    <row r="191" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A191" s="12">
+        <v>159313</v>
+      </c>
+      <c r="B191" s="12" t="s">
+        <v>98</v>
+      </c>
+      <c r="C191" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D191" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E191" s="13">
+        <v>422000</v>
+      </c>
+      <c r="F191" s="13"/>
+      <c r="G191" s="14"/>
+      <c r="H191" s="15"/>
+      <c r="I191" s="13">
+        <v>422000</v>
+      </c>
+      <c r="J191" s="14">
+        <v>1</v>
+      </c>
+      <c r="K191" s="16">
+        <v>93.234999999999999</v>
+      </c>
+    </row>
+    <row r="192" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A192" s="12">
+        <v>159316</v>
+      </c>
+      <c r="B192" s="12" t="s">
+        <v>99</v>
+      </c>
+      <c r="C192" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D192" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E192" s="13">
+        <v>145780</v>
+      </c>
+      <c r="F192" s="13"/>
+      <c r="G192" s="14"/>
+      <c r="H192" s="15"/>
+      <c r="I192" s="13">
+        <v>145780</v>
+      </c>
+      <c r="J192" s="14">
+        <v>1</v>
+      </c>
+      <c r="K192" s="16">
+        <v>93.994</v>
+      </c>
+    </row>
+    <row r="193" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A193" s="12">
+        <v>159317</v>
+      </c>
+      <c r="B193" s="12" t="s">
+        <v>100</v>
+      </c>
+      <c r="C193" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D193" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E193" s="13">
+        <v>1301378</v>
+      </c>
+      <c r="F193" s="13">
+        <v>1301378</v>
+      </c>
+      <c r="G193" s="14">
+        <v>1</v>
+      </c>
+      <c r="H193" s="15">
+        <v>435.15931699999999</v>
+      </c>
+      <c r="I193" s="13"/>
+      <c r="J193" s="12"/>
+      <c r="K193" s="16"/>
+    </row>
+    <row r="194" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A194" s="12">
+        <v>159320</v>
+      </c>
+      <c r="B194" s="12" t="s">
+        <v>101</v>
+      </c>
+      <c r="C194" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D194" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E194" s="13">
+        <v>2331844</v>
+      </c>
+      <c r="F194" s="13"/>
+      <c r="G194" s="14"/>
+      <c r="H194" s="15"/>
+      <c r="I194" s="13">
+        <v>2331844</v>
+      </c>
+      <c r="J194" s="14">
+        <v>1</v>
+      </c>
+      <c r="K194" s="16">
+        <v>93.994</v>
+      </c>
+    </row>
+    <row r="195" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A195" s="12">
+        <v>159322</v>
+      </c>
+      <c r="B195" s="12" t="s">
+        <v>102</v>
+      </c>
+      <c r="C195" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D195" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E195" s="13">
+        <v>153374</v>
+      </c>
+      <c r="F195" s="13"/>
+      <c r="G195" s="14"/>
+      <c r="H195" s="15"/>
+      <c r="I195" s="13">
+        <v>76687</v>
+      </c>
+      <c r="J195" s="14">
+        <v>0.5</v>
+      </c>
+      <c r="K195" s="16">
+        <v>93.778000000000006</v>
+      </c>
+    </row>
+    <row r="196" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A196" s="12">
+        <v>159322</v>
+      </c>
+      <c r="B196" s="12" t="s">
+        <v>102</v>
+      </c>
+      <c r="C196" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D196" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E196" s="13">
+        <v>153374</v>
+      </c>
+      <c r="F196" s="13">
+        <v>76687</v>
+      </c>
+      <c r="G196" s="14">
+        <v>0.5</v>
+      </c>
+      <c r="H196" s="15">
+        <v>435.15932199999997</v>
+      </c>
+      <c r="I196" s="13"/>
+      <c r="J196" s="12"/>
+      <c r="K196" s="16"/>
+    </row>
+    <row r="197" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A197" s="12">
+        <v>159327</v>
+      </c>
+      <c r="B197" s="12" t="s">
+        <v>103</v>
+      </c>
+      <c r="C197" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D197" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E197" s="13">
+        <v>225000</v>
+      </c>
+      <c r="F197" s="13">
+        <v>225000</v>
+      </c>
+      <c r="G197" s="14">
+        <v>1</v>
+      </c>
+      <c r="H197" s="15">
+        <v>435.15932700000002</v>
+      </c>
+      <c r="I197" s="13"/>
+      <c r="J197" s="12"/>
+      <c r="K197" s="16"/>
+    </row>
+    <row r="198" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A198" s="12">
+        <v>159354</v>
+      </c>
+      <c r="B198" s="12" t="s">
+        <v>104</v>
+      </c>
+      <c r="C198" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D198" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E198" s="13">
+        <v>450000</v>
+      </c>
+      <c r="F198" s="13"/>
+      <c r="G198" s="14"/>
+      <c r="H198" s="15"/>
+      <c r="I198" s="13">
+        <v>450000</v>
+      </c>
+      <c r="J198" s="14">
+        <v>1</v>
+      </c>
+      <c r="K198" s="16">
+        <v>93.091999999999999</v>
+      </c>
+    </row>
+    <row r="199" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A199" s="12">
+        <v>159366</v>
+      </c>
+      <c r="B199" s="12" t="s">
+        <v>105</v>
+      </c>
+      <c r="C199" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D199" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E199" s="13">
+        <v>150000</v>
+      </c>
+      <c r="F199" s="13">
+        <v>150000</v>
+      </c>
+      <c r="G199" s="14">
+        <v>1</v>
+      </c>
+      <c r="H199" s="15">
+        <v>435.15936599999998</v>
+      </c>
+      <c r="I199" s="13"/>
+      <c r="J199" s="12"/>
+      <c r="K199" s="16"/>
+    </row>
+    <row r="200" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A200" s="12">
+        <v>159367</v>
+      </c>
+      <c r="B200" s="12" t="s">
+        <v>106</v>
+      </c>
+      <c r="C200" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D200" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E200" s="13">
+        <v>847174</v>
+      </c>
+      <c r="F200" s="13"/>
+      <c r="G200" s="14"/>
+      <c r="H200" s="15"/>
+      <c r="I200" s="13">
+        <v>847174</v>
+      </c>
+      <c r="J200" s="14">
+        <v>1</v>
+      </c>
+      <c r="K200" s="16">
+        <v>93.216999999999999</v>
+      </c>
+    </row>
+    <row r="201" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A201" s="12">
+        <v>159368</v>
+      </c>
+      <c r="B201" s="12" t="s">
+        <v>107</v>
+      </c>
+      <c r="C201" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D201" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E201" s="13">
+        <v>125000</v>
+      </c>
+      <c r="F201" s="13"/>
+      <c r="G201" s="14"/>
+      <c r="H201" s="15"/>
+      <c r="I201" s="13">
+        <v>125000</v>
+      </c>
+      <c r="J201" s="14">
+        <v>1</v>
+      </c>
+      <c r="K201" s="16">
+        <v>93.216999999999999</v>
+      </c>
+    </row>
+    <row r="202" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A202" s="12">
+        <v>159388</v>
+      </c>
+      <c r="B202" s="12" t="s">
+        <v>108</v>
+      </c>
+      <c r="C202" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D202" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E202" s="13">
+        <v>726000</v>
+      </c>
+      <c r="F202" s="13"/>
+      <c r="G202" s="14"/>
+      <c r="H202" s="15"/>
+      <c r="I202" s="13">
+        <v>726000</v>
+      </c>
+      <c r="J202" s="14">
+        <v>1</v>
+      </c>
+      <c r="K202" s="16">
+        <v>93.296999999999997</v>
+      </c>
+    </row>
+    <row r="203" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A203" s="12">
+        <v>170000</v>
+      </c>
+      <c r="B203" s="12" t="s">
+        <v>109</v>
+      </c>
+      <c r="C203" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D203" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E203" s="13">
+        <v>1428000</v>
+      </c>
+      <c r="F203" s="13">
+        <v>1428000</v>
+      </c>
+      <c r="G203" s="14">
+        <v>1</v>
+      </c>
+      <c r="H203" s="15">
+        <v>435.17</v>
+      </c>
+      <c r="I203" s="13"/>
+      <c r="J203" s="12"/>
+      <c r="K203" s="16"/>
+    </row>
+    <row r="204" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A204" s="12">
+        <v>173000</v>
+      </c>
+      <c r="B204" s="12" t="s">
+        <v>110</v>
+      </c>
+      <c r="C204" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D204" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E204" s="13">
+        <v>383600</v>
+      </c>
+      <c r="F204" s="13">
+        <v>383600</v>
+      </c>
+      <c r="G204" s="14">
+        <v>1</v>
+      </c>
+      <c r="H204" s="15">
+        <v>435.173</v>
+      </c>
+      <c r="I204" s="13"/>
+      <c r="J204" s="12"/>
+      <c r="K204" s="16"/>
+    </row>
+    <row r="205" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A205" s="12">
+        <v>178500</v>
+      </c>
+      <c r="B205" s="12" t="s">
         <v>111</v>
       </c>
-      <c r="C21" t="s">
-[...15 lines deleted...]
-      <c r="K21" s="8">
+      <c r="C205" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D205" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E205" s="13">
+        <v>45350</v>
+      </c>
+      <c r="F205" s="13">
+        <v>45350</v>
+      </c>
+      <c r="G205" s="14">
+        <v>1</v>
+      </c>
+      <c r="H205" s="15">
+        <v>435.17849999999999</v>
+      </c>
+      <c r="I205" s="13"/>
+      <c r="J205" s="12"/>
+      <c r="K205" s="16"/>
+    </row>
+    <row r="206" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A206" s="12">
+        <v>180001</v>
+      </c>
+      <c r="B206" s="12" t="s">
+        <v>112</v>
+      </c>
+      <c r="C206" s="12" t="s">
+        <v>113</v>
+      </c>
+      <c r="D206" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="E206" s="13">
+        <v>0</v>
+      </c>
+      <c r="F206" s="13"/>
+      <c r="G206" s="14"/>
+      <c r="H206" s="15"/>
+      <c r="I206" s="13">
+        <v>0</v>
+      </c>
+      <c r="J206" s="12"/>
+      <c r="K206" s="16">
+        <v>93.778000000000006</v>
+      </c>
+    </row>
+    <row r="207" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A207" s="12">
+        <v>180998</v>
+      </c>
+      <c r="B207" s="12" t="s">
+        <v>115</v>
+      </c>
+      <c r="C207" s="12" t="s">
+        <v>113</v>
+      </c>
+      <c r="D207" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="E207" s="13">
+        <v>0</v>
+      </c>
+      <c r="F207" s="13"/>
+      <c r="G207" s="14"/>
+      <c r="H207" s="15"/>
+      <c r="I207" s="13">
+        <v>0</v>
+      </c>
+      <c r="J207" s="12"/>
+      <c r="K207" s="16">
+        <v>93.778000000000006</v>
+      </c>
+    </row>
+    <row r="208" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A208" s="12">
+        <v>181000</v>
+      </c>
+      <c r="B208" s="12" t="s">
+        <v>116</v>
+      </c>
+      <c r="C208" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D208" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E208" s="13">
+        <v>672792</v>
+      </c>
+      <c r="F208" s="13">
+        <v>672792</v>
+      </c>
+      <c r="G208" s="14">
+        <v>1</v>
+      </c>
+      <c r="H208" s="15">
+        <v>435.18099999999998</v>
+      </c>
+      <c r="I208" s="13"/>
+      <c r="J208" s="12"/>
+      <c r="K208" s="16"/>
+    </row>
+    <row r="209" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A209" s="12">
+        <v>181001</v>
+      </c>
+      <c r="B209" s="12" t="s">
+        <v>117</v>
+      </c>
+      <c r="C209" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D209" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E209" s="13">
+        <v>212000</v>
+      </c>
+      <c r="F209" s="13">
+        <v>212000</v>
+      </c>
+      <c r="G209" s="14">
+        <v>1</v>
+      </c>
+      <c r="H209" s="15">
+        <v>435.18100099999998</v>
+      </c>
+      <c r="I209" s="13"/>
+      <c r="J209" s="12"/>
+      <c r="K209" s="16"/>
+    </row>
+    <row r="210" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A210" s="12">
+        <v>181002</v>
+      </c>
+      <c r="B210" s="12" t="s">
+        <v>118</v>
+      </c>
+      <c r="C210" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D210" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E210" s="13">
+        <v>43000</v>
+      </c>
+      <c r="F210" s="13">
+        <v>43000</v>
+      </c>
+      <c r="G210" s="14">
+        <v>1</v>
+      </c>
+      <c r="H210" s="15">
+        <v>435.18100199999998</v>
+      </c>
+      <c r="I210" s="13"/>
+      <c r="J210" s="12"/>
+      <c r="K210" s="16"/>
+    </row>
+    <row r="211" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A211" s="12">
+        <v>181003</v>
+      </c>
+      <c r="B211" s="12" t="s">
+        <v>119</v>
+      </c>
+      <c r="C211" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D211" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E211" s="13">
+        <v>300000</v>
+      </c>
+      <c r="F211" s="13">
+        <v>300000</v>
+      </c>
+      <c r="G211" s="14">
+        <v>1</v>
+      </c>
+      <c r="H211" s="15">
+        <v>435.18100299999998</v>
+      </c>
+      <c r="I211" s="13"/>
+      <c r="J211" s="12"/>
+      <c r="K211" s="16"/>
+    </row>
+    <row r="212" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A212" s="12">
+        <v>181004</v>
+      </c>
+      <c r="B212" s="12" t="s">
+        <v>120</v>
+      </c>
+      <c r="C212" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D212" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E212" s="13">
+        <v>304073</v>
+      </c>
+      <c r="F212" s="13">
+        <v>304073</v>
+      </c>
+      <c r="G212" s="14">
+        <v>1</v>
+      </c>
+      <c r="H212" s="15">
+        <v>435.18100399999997</v>
+      </c>
+      <c r="I212" s="13"/>
+      <c r="J212" s="12"/>
+      <c r="K212" s="16"/>
+    </row>
+    <row r="213" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A213" s="12">
+        <v>181007</v>
+      </c>
+      <c r="B213" s="12" t="s">
+        <v>121</v>
+      </c>
+      <c r="C213" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D213" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E213" s="13">
+        <v>96000</v>
+      </c>
+      <c r="F213" s="13">
+        <v>96000</v>
+      </c>
+      <c r="G213" s="14">
+        <v>1</v>
+      </c>
+      <c r="H213" s="15">
+        <v>435.18100700000002</v>
+      </c>
+      <c r="I213" s="13"/>
+      <c r="J213" s="12"/>
+      <c r="K213" s="16"/>
+    </row>
+    <row r="214" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A214" s="12">
+        <v>181008</v>
+      </c>
+      <c r="B214" s="12" t="s">
+        <v>122</v>
+      </c>
+      <c r="C214" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D214" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E214" s="13">
+        <v>189344</v>
+      </c>
+      <c r="F214" s="13">
+        <v>189344</v>
+      </c>
+      <c r="G214" s="14">
+        <v>1</v>
+      </c>
+      <c r="H214" s="15">
+        <v>435.18100800000002</v>
+      </c>
+      <c r="I214" s="13"/>
+      <c r="J214" s="12"/>
+      <c r="K214" s="16"/>
+    </row>
+    <row r="215" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A215" s="12">
+        <v>181009</v>
+      </c>
+      <c r="B215" s="12" t="s">
+        <v>123</v>
+      </c>
+      <c r="C215" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D215" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E215" s="13">
+        <v>38800</v>
+      </c>
+      <c r="F215" s="13">
+        <v>38800</v>
+      </c>
+      <c r="G215" s="14">
+        <v>1</v>
+      </c>
+      <c r="H215" s="15">
+        <v>435.18100900000002</v>
+      </c>
+      <c r="I215" s="13"/>
+      <c r="J215" s="12"/>
+      <c r="K215" s="16"/>
+    </row>
+    <row r="216" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A216" s="12">
+        <v>181010</v>
+      </c>
+      <c r="B216" s="12" t="s">
+        <v>124</v>
+      </c>
+      <c r="C216" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D216" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E216" s="13">
+        <v>1991086</v>
+      </c>
+      <c r="F216" s="13">
+        <v>1991086</v>
+      </c>
+      <c r="G216" s="14">
+        <v>1</v>
+      </c>
+      <c r="H216" s="15">
+        <v>435.18101000000001</v>
+      </c>
+      <c r="I216" s="13"/>
+      <c r="J216" s="12"/>
+      <c r="K216" s="16"/>
+    </row>
+    <row r="217" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A217" s="12">
+        <v>181017</v>
+      </c>
+      <c r="B217" s="12" t="s">
+        <v>125</v>
+      </c>
+      <c r="C217" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D217" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E217" s="13">
+        <v>413400</v>
+      </c>
+      <c r="F217" s="13">
+        <v>413400</v>
+      </c>
+      <c r="G217" s="14">
+        <v>1</v>
+      </c>
+      <c r="H217" s="15">
+        <v>435.181017</v>
+      </c>
+      <c r="I217" s="13"/>
+      <c r="J217" s="12"/>
+      <c r="K217" s="16"/>
+    </row>
+    <row r="218" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A218" s="12">
+        <v>192052</v>
+      </c>
+      <c r="B218" s="12" t="s">
+        <v>126</v>
+      </c>
+      <c r="C218" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D218" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E218" s="13">
+        <v>123038</v>
+      </c>
+      <c r="F218" s="13"/>
+      <c r="G218" s="14"/>
+      <c r="H218" s="15"/>
+      <c r="I218" s="13">
+        <v>123038</v>
+      </c>
+      <c r="J218" s="14">
+        <v>1</v>
+      </c>
+      <c r="K218" s="16">
         <v>93.991</v>
       </c>
     </row>
-    <row r="22" spans="1:23" x14ac:dyDescent="0.3">
-[...30 lines deleted...]
-      <c r="B23" s="10" t="s">
+    <row r="219" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A219" s="12">
+        <v>500200</v>
+      </c>
+      <c r="B219" s="12" t="s">
+        <v>130</v>
+      </c>
+      <c r="C219" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D219" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E219" s="13">
+        <v>3500</v>
+      </c>
+      <c r="F219" s="13"/>
+      <c r="G219" s="14"/>
+      <c r="H219" s="15"/>
+      <c r="I219" s="13">
+        <v>3500</v>
+      </c>
+      <c r="J219" s="14">
+        <v>1</v>
+      </c>
+      <c r="K219" s="16">
+        <v>93.463999999999999</v>
+      </c>
+    </row>
+    <row r="220" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A220" s="12">
+        <v>500300</v>
+      </c>
+      <c r="B220" s="12" t="s">
+        <v>131</v>
+      </c>
+      <c r="C220" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D220" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E220" s="13">
+        <v>162914</v>
+      </c>
+      <c r="F220" s="13"/>
+      <c r="G220" s="14"/>
+      <c r="H220" s="15"/>
+      <c r="I220" s="13">
+        <v>162914</v>
+      </c>
+      <c r="J220" s="14">
+        <v>1</v>
+      </c>
+      <c r="K220" s="16">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="221" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A221" s="12">
+        <v>510719</v>
+      </c>
+      <c r="B221" s="12" t="s">
+        <v>132</v>
+      </c>
+      <c r="C221" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D221" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E221" s="13">
+        <v>120000</v>
+      </c>
+      <c r="F221" s="13"/>
+      <c r="G221" s="14"/>
+      <c r="H221" s="15"/>
+      <c r="I221" s="13">
+        <v>12223</v>
+      </c>
+      <c r="J221" s="14">
+        <v>0.1019</v>
+      </c>
+      <c r="K221" s="16">
+        <v>93.045000000000002</v>
+      </c>
+    </row>
+    <row r="222" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A222" s="12">
+        <v>510719</v>
+      </c>
+      <c r="B222" s="12" t="s">
+        <v>132</v>
+      </c>
+      <c r="C222" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D222" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E222" s="13">
+        <v>120000</v>
+      </c>
+      <c r="F222" s="13"/>
+      <c r="G222" s="14"/>
+      <c r="H222" s="15"/>
+      <c r="I222" s="13">
+        <v>2457</v>
+      </c>
+      <c r="J222" s="14">
+        <v>2.0500000000000001E-2</v>
+      </c>
+      <c r="K222" s="16">
+        <v>93.052000000000007</v>
+      </c>
+    </row>
+    <row r="223" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A223" s="12">
+        <v>510719</v>
+      </c>
+      <c r="B223" s="12" t="s">
+        <v>132</v>
+      </c>
+      <c r="C223" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D223" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E223" s="13">
+        <v>120000</v>
+      </c>
+      <c r="F223" s="13"/>
+      <c r="G223" s="14"/>
+      <c r="H223" s="15"/>
+      <c r="I223" s="13">
+        <v>5320</v>
+      </c>
+      <c r="J223" s="14">
+        <v>4.4299999999999999E-2</v>
+      </c>
+      <c r="K223" s="16">
+        <v>93.043999999999997</v>
+      </c>
+    </row>
+    <row r="224" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A224" s="12">
+        <v>510719</v>
+      </c>
+      <c r="B224" s="12" t="s">
+        <v>132</v>
+      </c>
+      <c r="C224" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D224" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E224" s="13">
+        <v>120000</v>
+      </c>
+      <c r="F224" s="13">
+        <v>100000</v>
+      </c>
+      <c r="G224" s="14">
+        <v>0.83330000000000004</v>
+      </c>
+      <c r="H224" s="15">
+        <v>435.51071899999999</v>
+      </c>
+      <c r="I224" s="13"/>
+      <c r="J224" s="12"/>
+      <c r="K224" s="16"/>
+    </row>
+    <row r="225" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A225" s="12">
+        <v>511000</v>
+      </c>
+      <c r="B225" s="12" t="s">
+        <v>133</v>
+      </c>
+      <c r="C225" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D225" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E225" s="13">
+        <v>1888900</v>
+      </c>
+      <c r="F225" s="13">
+        <v>1888900</v>
+      </c>
+      <c r="G225" s="14">
+        <v>1</v>
+      </c>
+      <c r="H225" s="15">
+        <v>435.51100000000002</v>
+      </c>
+      <c r="I225" s="13"/>
+      <c r="J225" s="12"/>
+      <c r="K225" s="16"/>
+    </row>
+    <row r="226" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A226" s="12">
+        <v>511002</v>
+      </c>
+      <c r="B226" s="12" t="s">
+        <v>134</v>
+      </c>
+      <c r="C226" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D226" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E226" s="13">
+        <v>80000</v>
+      </c>
+      <c r="F226" s="13">
+        <v>80000</v>
+      </c>
+      <c r="G226" s="14">
+        <v>1</v>
+      </c>
+      <c r="H226" s="15">
+        <v>435.51100200000002</v>
+      </c>
+      <c r="I226" s="13"/>
+      <c r="J226" s="12"/>
+      <c r="K226" s="16"/>
+    </row>
+    <row r="227" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A227" s="12">
+        <v>521729</v>
+      </c>
+      <c r="B227" s="12" t="s">
+        <v>138</v>
+      </c>
+      <c r="C227" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D227" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E227" s="13">
+        <v>20215</v>
+      </c>
+      <c r="F227" s="13">
+        <v>20215</v>
+      </c>
+      <c r="G227" s="14">
+        <v>1</v>
+      </c>
+      <c r="H227" s="15">
+        <v>435.52172899999999</v>
+      </c>
+      <c r="I227" s="13"/>
+      <c r="J227" s="12"/>
+      <c r="K227" s="16"/>
+    </row>
+    <row r="228" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A228" s="12">
+        <v>531175</v>
+      </c>
+      <c r="B228" s="12" t="s">
+        <v>139</v>
+      </c>
+      <c r="C228" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D228" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E228" s="13">
+        <v>75000</v>
+      </c>
+      <c r="F228" s="13"/>
+      <c r="G228" s="14"/>
+      <c r="H228" s="15"/>
+      <c r="I228" s="13">
+        <v>75000</v>
+      </c>
+      <c r="J228" s="14">
+        <v>1</v>
+      </c>
+      <c r="K228" s="16">
+        <v>93.957999999999998</v>
+      </c>
+    </row>
+    <row r="229" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A229" s="12">
+        <v>531250</v>
+      </c>
+      <c r="B229" s="12" t="s">
+        <v>140</v>
+      </c>
+      <c r="C229" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D229" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E229" s="13">
+        <v>237486</v>
+      </c>
+      <c r="F229" s="13"/>
+      <c r="G229" s="14"/>
+      <c r="H229" s="15"/>
+      <c r="I229" s="13">
+        <v>29780</v>
+      </c>
+      <c r="J229" s="14">
+        <v>0.12540000000000001</v>
+      </c>
+      <c r="K229" s="16">
+        <v>93.778000000000006</v>
+      </c>
+    </row>
+    <row r="230" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A230" s="12">
+        <v>531250</v>
+      </c>
+      <c r="B230" s="12" t="s">
+        <v>140</v>
+      </c>
+      <c r="C230" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D230" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E230" s="13">
+        <v>237486</v>
+      </c>
+      <c r="F230" s="13"/>
+      <c r="G230" s="14"/>
+      <c r="H230" s="15"/>
+      <c r="I230" s="13">
+        <v>88963</v>
+      </c>
+      <c r="J230" s="14">
+        <v>0.37459999999999999</v>
+      </c>
+      <c r="K230" s="16">
+        <v>93.957999999999998</v>
+      </c>
+    </row>
+    <row r="231" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A231" s="12">
+        <v>531250</v>
+      </c>
+      <c r="B231" s="12" t="s">
+        <v>140</v>
+      </c>
+      <c r="C231" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D231" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E231" s="13">
+        <v>237486</v>
+      </c>
+      <c r="F231" s="13">
+        <v>118743</v>
+      </c>
+      <c r="G231" s="14">
+        <v>0.5</v>
+      </c>
+      <c r="H231" s="15">
+        <v>435.53125</v>
+      </c>
+      <c r="I231" s="13"/>
+      <c r="J231" s="12"/>
+      <c r="K231" s="16"/>
+    </row>
+    <row r="232" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A232" s="12">
+        <v>531275</v>
+      </c>
+      <c r="B232" s="12" t="s">
+        <v>141</v>
+      </c>
+      <c r="C232" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D232" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E232" s="13">
+        <v>250000</v>
+      </c>
+      <c r="F232" s="13"/>
+      <c r="G232" s="14"/>
+      <c r="H232" s="15"/>
+      <c r="I232" s="13">
+        <v>250000</v>
+      </c>
+      <c r="J232" s="14">
+        <v>1</v>
+      </c>
+      <c r="K232" s="16">
+        <v>93.957999999999998</v>
+      </c>
+    </row>
+    <row r="233" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A233" s="12">
+        <v>531277</v>
+      </c>
+      <c r="B233" s="12" t="s">
+        <v>142</v>
+      </c>
+      <c r="C233" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D233" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E233" s="13">
+        <v>225000</v>
+      </c>
+      <c r="F233" s="13"/>
+      <c r="G233" s="14"/>
+      <c r="H233" s="15"/>
+      <c r="I233" s="13">
+        <v>225000</v>
+      </c>
+      <c r="J233" s="14">
+        <v>1</v>
+      </c>
+      <c r="K233" s="16">
+        <v>93.957999999999998</v>
+      </c>
+    </row>
+    <row r="234" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A234" s="12">
+        <v>532230</v>
+      </c>
+      <c r="B234" s="12" t="s">
+        <v>143</v>
+      </c>
+      <c r="C234" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D234" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E234" s="13">
+        <v>350000</v>
+      </c>
+      <c r="F234" s="13">
+        <v>350000</v>
+      </c>
+      <c r="G234" s="14">
+        <v>1</v>
+      </c>
+      <c r="H234" s="15">
+        <v>435.53223000000003</v>
+      </c>
+      <c r="I234" s="13"/>
+      <c r="J234" s="12"/>
+      <c r="K234" s="16"/>
+    </row>
+    <row r="235" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A235" s="12">
+        <v>532231</v>
+      </c>
+      <c r="B235" s="12" t="s">
+        <v>144</v>
+      </c>
+      <c r="C235" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D235" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E235" s="13">
+        <v>353529</v>
+      </c>
+      <c r="F235" s="13"/>
+      <c r="G235" s="14"/>
+      <c r="H235" s="15"/>
+      <c r="I235" s="13">
+        <v>353529</v>
+      </c>
+      <c r="J235" s="14">
+        <v>1</v>
+      </c>
+      <c r="K235" s="16">
+        <v>93.072000000000003</v>
+      </c>
+    </row>
+    <row r="236" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A236" s="12">
+        <v>532232</v>
+      </c>
+      <c r="B236" s="12" t="s">
+        <v>145</v>
+      </c>
+      <c r="C236" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D236" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E236" s="13">
+        <v>280395</v>
+      </c>
+      <c r="F236" s="13"/>
+      <c r="G236" s="14"/>
+      <c r="H236" s="15"/>
+      <c r="I236" s="13">
+        <v>280395</v>
+      </c>
+      <c r="J236" s="14">
+        <v>1</v>
+      </c>
+      <c r="K236" s="16">
+        <v>93.072000000000003</v>
+      </c>
+    </row>
+    <row r="237" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A237" s="12">
+        <v>533002</v>
+      </c>
+      <c r="B237" s="12" t="s">
+        <v>146</v>
+      </c>
+      <c r="C237" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D237" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E237" s="13">
+        <v>175000</v>
+      </c>
+      <c r="F237" s="13">
+        <v>175000</v>
+      </c>
+      <c r="G237" s="14">
+        <v>1</v>
+      </c>
+      <c r="H237" s="15">
+        <v>435.53300200000001</v>
+      </c>
+      <c r="I237" s="13"/>
+      <c r="J237" s="12"/>
+      <c r="K237" s="16"/>
+    </row>
+    <row r="238" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A238" s="12">
+        <v>533006</v>
+      </c>
+      <c r="B238" s="12" t="s">
+        <v>147</v>
+      </c>
+      <c r="C238" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D238" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E238" s="13">
+        <v>220842</v>
+      </c>
+      <c r="F238" s="13">
+        <v>220842</v>
+      </c>
+      <c r="G238" s="14">
+        <v>1</v>
+      </c>
+      <c r="H238" s="15">
+        <v>435.533006</v>
+      </c>
+      <c r="I238" s="13"/>
+      <c r="J238" s="12"/>
+      <c r="K238" s="16"/>
+    </row>
+    <row r="239" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A239" s="12">
+        <v>533016</v>
+      </c>
+      <c r="B239" s="12" t="s">
+        <v>148</v>
+      </c>
+      <c r="C239" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D239" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E239" s="13">
+        <v>604595</v>
+      </c>
+      <c r="F239" s="13"/>
+      <c r="G239" s="14"/>
+      <c r="H239" s="15"/>
+      <c r="I239" s="13">
+        <v>604595</v>
+      </c>
+      <c r="J239" s="14">
+        <v>1</v>
+      </c>
+      <c r="K239" s="16">
+        <v>93.959000000000003</v>
+      </c>
+    </row>
+    <row r="240" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A240" s="12">
+        <v>533040</v>
+      </c>
+      <c r="B240" s="12" t="s">
+        <v>149</v>
+      </c>
+      <c r="C240" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D240" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E240" s="13">
+        <v>198278</v>
+      </c>
+      <c r="F240" s="13"/>
+      <c r="G240" s="14"/>
+      <c r="H240" s="15"/>
+      <c r="I240" s="13">
+        <v>198278</v>
+      </c>
+      <c r="J240" s="14">
+        <v>1</v>
+      </c>
+      <c r="K240" s="16">
+        <v>93.959000000000003</v>
+      </c>
+    </row>
+    <row r="241" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A241" s="12">
+        <v>533041</v>
+      </c>
+      <c r="B241" s="12" t="s">
+        <v>150</v>
+      </c>
+      <c r="C241" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D241" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E241" s="13">
+        <v>129809</v>
+      </c>
+      <c r="F241" s="13"/>
+      <c r="G241" s="14"/>
+      <c r="H241" s="15"/>
+      <c r="I241" s="13">
+        <v>129809</v>
+      </c>
+      <c r="J241" s="14">
+        <v>1</v>
+      </c>
+      <c r="K241" s="16">
+        <v>93.959000000000003</v>
+      </c>
+    </row>
+    <row r="242" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A242" s="12">
+        <v>533043</v>
+      </c>
+      <c r="B242" s="12" t="s">
+        <v>151</v>
+      </c>
+      <c r="C242" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D242" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E242" s="13">
+        <v>189996</v>
+      </c>
+      <c r="F242" s="13"/>
+      <c r="G242" s="14"/>
+      <c r="H242" s="15"/>
+      <c r="I242" s="13">
+        <v>189996</v>
+      </c>
+      <c r="J242" s="14">
+        <v>1</v>
+      </c>
+      <c r="K242" s="16">
+        <v>93.959000000000003</v>
+      </c>
+    </row>
+    <row r="243" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A243" s="12">
+        <v>533044</v>
+      </c>
+      <c r="B243" s="12" t="s">
+        <v>152</v>
+      </c>
+      <c r="C243" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D243" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E243" s="13">
+        <v>829334</v>
+      </c>
+      <c r="F243" s="13"/>
+      <c r="G243" s="14"/>
+      <c r="H243" s="15"/>
+      <c r="I243" s="13">
+        <v>829334</v>
+      </c>
+      <c r="J243" s="14">
+        <v>1</v>
+      </c>
+      <c r="K243" s="16">
+        <v>93.959000000000003</v>
+      </c>
+    </row>
+    <row r="244" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A244" s="12">
+        <v>533056</v>
+      </c>
+      <c r="B244" s="12" t="s">
+        <v>153</v>
+      </c>
+      <c r="C244" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D244" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E244" s="13">
+        <v>281600</v>
+      </c>
+      <c r="F244" s="13"/>
+      <c r="G244" s="14"/>
+      <c r="H244" s="15"/>
+      <c r="I244" s="13">
+        <v>281600</v>
+      </c>
+      <c r="J244" s="14">
+        <v>1</v>
+      </c>
+      <c r="K244" s="16">
+        <v>93.959000000000003</v>
+      </c>
+    </row>
+    <row r="245" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A245" s="12">
+        <v>533100</v>
+      </c>
+      <c r="B245" s="12" t="s">
+        <v>154</v>
+      </c>
+      <c r="C245" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D245" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E245" s="13">
+        <v>396000</v>
+      </c>
+      <c r="F245" s="13">
+        <v>396000</v>
+      </c>
+      <c r="G245" s="14">
+        <v>1</v>
+      </c>
+      <c r="H245" s="15">
+        <v>435.53309999999999</v>
+      </c>
+      <c r="I245" s="13"/>
+      <c r="J245" s="12"/>
+      <c r="K245" s="16"/>
+    </row>
+    <row r="246" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A246" s="12">
+        <v>533120</v>
+      </c>
+      <c r="B246" s="12" t="s">
+        <v>155</v>
+      </c>
+      <c r="C246" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D246" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E246" s="13">
+        <v>499995</v>
+      </c>
+      <c r="F246" s="13">
+        <v>499995</v>
+      </c>
+      <c r="G246" s="14">
+        <v>1</v>
+      </c>
+      <c r="H246" s="15">
+        <v>435.53312</v>
+      </c>
+      <c r="I246" s="13"/>
+      <c r="J246" s="12"/>
+      <c r="K246" s="16"/>
+    </row>
+    <row r="247" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A247" s="12">
+        <v>533127</v>
+      </c>
+      <c r="B247" s="12" t="s">
+        <v>156</v>
+      </c>
+      <c r="C247" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D247" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E247" s="13">
+        <v>1105000</v>
+      </c>
+      <c r="F247" s="13"/>
+      <c r="G247" s="14"/>
+      <c r="H247" s="15"/>
+      <c r="I247" s="13">
+        <v>1105000</v>
+      </c>
+      <c r="J247" s="14">
+        <v>1</v>
+      </c>
+      <c r="K247" s="16">
+        <v>93.959000000000003</v>
+      </c>
+    </row>
+    <row r="248" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A248" s="12">
+        <v>533149</v>
+      </c>
+      <c r="B248" s="12" t="s">
+        <v>157</v>
+      </c>
+      <c r="C248" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D248" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E248" s="13">
+        <v>31625</v>
+      </c>
+      <c r="F248" s="13"/>
+      <c r="G248" s="14"/>
+      <c r="H248" s="15"/>
+      <c r="I248" s="13">
+        <v>10085</v>
+      </c>
+      <c r="J248" s="14">
+        <v>0.31890000000000002</v>
+      </c>
+      <c r="K248" s="16">
+        <v>93.959000000000003</v>
+      </c>
+    </row>
+    <row r="249" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A249" s="12">
+        <v>533149</v>
+      </c>
+      <c r="B249" s="12" t="s">
+        <v>157</v>
+      </c>
+      <c r="C249" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D249" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E249" s="13">
+        <v>31625</v>
+      </c>
+      <c r="F249" s="13"/>
+      <c r="G249" s="14"/>
+      <c r="H249" s="15"/>
+      <c r="I249" s="13">
+        <v>21540</v>
+      </c>
+      <c r="J249" s="14">
+        <v>0.68110000000000004</v>
+      </c>
+      <c r="K249" s="16">
+        <v>93.957999999999998</v>
+      </c>
+    </row>
+    <row r="250" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A250" s="12">
+        <v>533167</v>
+      </c>
+      <c r="B250" s="12" t="s">
+        <v>158</v>
+      </c>
+      <c r="C250" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D250" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E250" s="13">
+        <v>348026</v>
+      </c>
+      <c r="F250" s="13"/>
+      <c r="G250" s="14"/>
+      <c r="H250" s="15"/>
+      <c r="I250" s="13">
+        <v>348026</v>
+      </c>
+      <c r="J250" s="14">
+        <v>1</v>
+      </c>
+      <c r="K250" s="16">
+        <v>93.959000000000003</v>
+      </c>
+    </row>
+    <row r="251" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A251" s="12">
+        <v>533168</v>
+      </c>
+      <c r="B251" s="12" t="s">
+        <v>159</v>
+      </c>
+      <c r="C251" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D251" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E251" s="13">
+        <v>132744</v>
+      </c>
+      <c r="F251" s="13"/>
+      <c r="G251" s="14"/>
+      <c r="H251" s="15"/>
+      <c r="I251" s="13">
+        <v>132744</v>
+      </c>
+      <c r="J251" s="14">
+        <v>1</v>
+      </c>
+      <c r="K251" s="16">
+        <v>93.957999999999998</v>
+      </c>
+    </row>
+    <row r="252" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A252" s="12">
+        <v>533175</v>
+      </c>
+      <c r="B252" s="12" t="s">
+        <v>160</v>
+      </c>
+      <c r="C252" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D252" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E252" s="13">
+        <v>64836</v>
+      </c>
+      <c r="F252" s="13"/>
+      <c r="G252" s="14"/>
+      <c r="H252" s="15"/>
+      <c r="I252" s="13">
+        <v>53730</v>
+      </c>
+      <c r="J252" s="14">
+        <v>0.82869999999999999</v>
+      </c>
+      <c r="K252" s="16">
+        <v>93.957999999999998</v>
+      </c>
+    </row>
+    <row r="253" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A253" s="12">
+        <v>533175</v>
+      </c>
+      <c r="B253" s="12" t="s">
+        <v>160</v>
+      </c>
+      <c r="C253" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D253" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E253" s="13">
+        <v>64836</v>
+      </c>
+      <c r="F253" s="13"/>
+      <c r="G253" s="14"/>
+      <c r="H253" s="15"/>
+      <c r="I253" s="13">
+        <v>11106</v>
+      </c>
+      <c r="J253" s="14">
+        <v>0.17130000000000001</v>
+      </c>
+      <c r="K253" s="16">
+        <v>93.959000000000003</v>
+      </c>
+    </row>
+    <row r="254" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A254" s="12">
+        <v>533200</v>
+      </c>
+      <c r="B254" s="12" t="s">
+        <v>161</v>
+      </c>
+      <c r="C254" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D254" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E254" s="13">
+        <v>9012421</v>
+      </c>
+      <c r="F254" s="13">
+        <v>9012421</v>
+      </c>
+      <c r="G254" s="14">
+        <v>1</v>
+      </c>
+      <c r="H254" s="15">
+        <v>435.53320000000002</v>
+      </c>
+      <c r="I254" s="13"/>
+      <c r="J254" s="12"/>
+      <c r="K254" s="16"/>
+    </row>
+    <row r="255" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A255" s="12">
+        <v>533229</v>
+      </c>
+      <c r="B255" s="12" t="s">
+        <v>162</v>
+      </c>
+      <c r="C255" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D255" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E255" s="13">
+        <v>4069715</v>
+      </c>
+      <c r="F255" s="13"/>
+      <c r="G255" s="14"/>
+      <c r="H255" s="15"/>
+      <c r="I255" s="13">
+        <v>4069715</v>
+      </c>
+      <c r="J255" s="14">
+        <v>1</v>
+      </c>
+      <c r="K255" s="16">
+        <v>93.242999999999995</v>
+      </c>
+    </row>
+    <row r="256" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A256" s="12">
+        <v>533231</v>
+      </c>
+      <c r="B256" s="12" t="s">
+        <v>163</v>
+      </c>
+      <c r="C256" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D256" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E256" s="13">
+        <v>165530</v>
+      </c>
+      <c r="F256" s="13"/>
+      <c r="G256" s="14"/>
+      <c r="H256" s="15"/>
+      <c r="I256" s="13">
+        <v>165530</v>
+      </c>
+      <c r="J256" s="14">
+        <v>1</v>
+      </c>
+      <c r="K256" s="16">
+        <v>93.242999999999995</v>
+      </c>
+    </row>
+    <row r="257" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A257" s="12">
+        <v>533233</v>
+      </c>
+      <c r="B257" s="12" t="s">
+        <v>164</v>
+      </c>
+      <c r="C257" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D257" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E257" s="13">
+        <v>507688</v>
+      </c>
+      <c r="F257" s="13">
+        <v>507688</v>
+      </c>
+      <c r="G257" s="14">
+        <v>1</v>
+      </c>
+      <c r="H257" s="15">
+        <v>435.533233</v>
+      </c>
+      <c r="I257" s="13"/>
+      <c r="J257" s="12"/>
+      <c r="K257" s="16"/>
+    </row>
+    <row r="258" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A258" s="12">
+        <v>533240</v>
+      </c>
+      <c r="B258" s="12" t="s">
+        <v>165</v>
+      </c>
+      <c r="C258" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D258" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E258" s="13">
+        <v>250000</v>
+      </c>
+      <c r="F258" s="13">
+        <v>250000</v>
+      </c>
+      <c r="G258" s="14">
+        <v>1</v>
+      </c>
+      <c r="H258" s="15">
+        <v>435.53323999999998</v>
+      </c>
+      <c r="I258" s="13"/>
+      <c r="J258" s="12"/>
+      <c r="K258" s="16"/>
+    </row>
+    <row r="259" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A259" s="12">
+        <v>533245</v>
+      </c>
+      <c r="B259" s="12" t="s">
+        <v>166</v>
+      </c>
+      <c r="C259" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D259" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E259" s="13">
+        <v>103000</v>
+      </c>
+      <c r="F259" s="13"/>
+      <c r="G259" s="14"/>
+      <c r="H259" s="15"/>
+      <c r="I259" s="13">
+        <v>103000</v>
+      </c>
+      <c r="J259" s="14">
+        <v>1</v>
+      </c>
+      <c r="K259" s="16">
+        <v>93.959000000000003</v>
+      </c>
+    </row>
+    <row r="260" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A260" s="12">
+        <v>533250</v>
+      </c>
+      <c r="B260" s="12" t="s">
+        <v>167</v>
+      </c>
+      <c r="C260" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D260" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E260" s="13">
+        <v>124842</v>
+      </c>
+      <c r="F260" s="13"/>
+      <c r="G260" s="14"/>
+      <c r="H260" s="15"/>
+      <c r="I260" s="13">
+        <v>124842</v>
+      </c>
+      <c r="J260" s="14">
+        <v>1</v>
+      </c>
+      <c r="K260" s="16">
+        <v>93.959000000000003</v>
+      </c>
+    </row>
+    <row r="261" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A261" s="12">
+        <v>533284</v>
+      </c>
+      <c r="B261" s="12" t="s">
+        <v>168</v>
+      </c>
+      <c r="C261" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D261" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E261" s="13">
+        <v>996000</v>
+      </c>
+      <c r="F261" s="13">
+        <v>996000</v>
+      </c>
+      <c r="G261" s="14">
+        <v>1</v>
+      </c>
+      <c r="H261" s="15">
+        <v>435.53328399999998</v>
+      </c>
+      <c r="I261" s="13"/>
+      <c r="J261" s="12"/>
+      <c r="K261" s="16"/>
+    </row>
+    <row r="262" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A262" s="12">
+        <v>533504</v>
+      </c>
+      <c r="B262" s="12" t="s">
+        <v>169</v>
+      </c>
+      <c r="C262" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D262" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E262" s="13">
+        <v>235000</v>
+      </c>
+      <c r="F262" s="13"/>
+      <c r="G262" s="14"/>
+      <c r="H262" s="15"/>
+      <c r="I262" s="13">
+        <v>235000</v>
+      </c>
+      <c r="J262" s="14">
+        <v>1</v>
+      </c>
+      <c r="K262" s="16">
+        <v>93.959000000000003</v>
+      </c>
+    </row>
+    <row r="263" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A263" s="12">
+        <v>533515</v>
+      </c>
+      <c r="B263" s="12" t="s">
+        <v>170</v>
+      </c>
+      <c r="C263" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D263" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E263" s="13">
+        <v>250000</v>
+      </c>
+      <c r="F263" s="13"/>
+      <c r="G263" s="14"/>
+      <c r="H263" s="15"/>
+      <c r="I263" s="13">
+        <v>250000</v>
+      </c>
+      <c r="J263" s="14">
+        <v>1</v>
+      </c>
+      <c r="K263" s="16">
+        <v>93.957999999999998</v>
+      </c>
+    </row>
+    <row r="264" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A264" s="12">
+        <v>533516</v>
+      </c>
+      <c r="B264" s="12" t="s">
+        <v>171</v>
+      </c>
+      <c r="C264" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D264" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E264" s="13">
+        <v>46422</v>
+      </c>
+      <c r="F264" s="13">
+        <v>46422</v>
+      </c>
+      <c r="G264" s="14">
+        <v>1</v>
+      </c>
+      <c r="H264" s="15">
+        <v>435.53351600000002</v>
+      </c>
+      <c r="I264" s="13"/>
+      <c r="J264" s="12"/>
+      <c r="K264" s="16"/>
+    </row>
+    <row r="265" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A265" s="12">
+        <v>533520</v>
+      </c>
+      <c r="B265" s="12" t="s">
+        <v>172</v>
+      </c>
+      <c r="C265" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D265" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E265" s="13">
+        <v>168792</v>
+      </c>
+      <c r="F265" s="13"/>
+      <c r="G265" s="14"/>
+      <c r="H265" s="15"/>
+      <c r="I265" s="13">
+        <v>168792</v>
+      </c>
+      <c r="J265" s="14">
+        <v>1</v>
+      </c>
+      <c r="K265" s="16">
+        <v>93.242999999999995</v>
+      </c>
+    </row>
+    <row r="266" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A266" s="12">
+        <v>533526</v>
+      </c>
+      <c r="B266" s="12" t="s">
+        <v>173</v>
+      </c>
+      <c r="C266" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D266" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E266" s="13">
+        <v>2000000</v>
+      </c>
+      <c r="F266" s="13"/>
+      <c r="G266" s="14"/>
+      <c r="H266" s="15"/>
+      <c r="I266" s="13">
+        <v>2000000</v>
+      </c>
+      <c r="J266" s="14">
+        <v>1</v>
+      </c>
+      <c r="K266" s="16">
+        <v>93.787999999999997</v>
+      </c>
+    </row>
+    <row r="267" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A267" s="12">
+        <v>533534</v>
+      </c>
+      <c r="B267" s="12" t="s">
+        <v>174</v>
+      </c>
+      <c r="C267" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D267" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E267" s="13">
+        <v>440934</v>
+      </c>
+      <c r="F267" s="13"/>
+      <c r="G267" s="14"/>
+      <c r="H267" s="15"/>
+      <c r="I267" s="13">
+        <v>440934</v>
+      </c>
+      <c r="J267" s="14">
+        <v>1</v>
+      </c>
+      <c r="K267" s="16">
+        <v>93.957999999999998</v>
+      </c>
+    </row>
+    <row r="268" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A268" s="12">
+        <v>533542</v>
+      </c>
+      <c r="B268" s="12" t="s">
+        <v>175</v>
+      </c>
+      <c r="C268" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D268" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E268" s="13">
+        <v>450000</v>
+      </c>
+      <c r="F268" s="13">
+        <v>450000</v>
+      </c>
+      <c r="G268" s="14">
+        <v>1</v>
+      </c>
+      <c r="H268" s="15">
+        <v>435.53354200000001</v>
+      </c>
+      <c r="I268" s="13"/>
+      <c r="J268" s="12"/>
+      <c r="K268" s="16"/>
+    </row>
+    <row r="269" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A269" s="12">
+        <v>533549</v>
+      </c>
+      <c r="B269" s="12" t="s">
+        <v>176</v>
+      </c>
+      <c r="C269" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D269" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E269" s="13">
+        <v>110000</v>
+      </c>
+      <c r="F269" s="13">
+        <v>110000</v>
+      </c>
+      <c r="G269" s="14">
+        <v>1</v>
+      </c>
+      <c r="H269" s="15">
+        <v>435.53354899999999</v>
+      </c>
+      <c r="I269" s="13"/>
+      <c r="J269" s="12"/>
+      <c r="K269" s="16"/>
+    </row>
+    <row r="270" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A270" s="12">
+        <v>533552</v>
+      </c>
+      <c r="B270" s="12" t="s">
+        <v>177</v>
+      </c>
+      <c r="C270" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D270" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E270" s="13">
+        <v>264000</v>
+      </c>
+      <c r="F270" s="13"/>
+      <c r="G270" s="14"/>
+      <c r="H270" s="15"/>
+      <c r="I270" s="13">
+        <v>264000</v>
+      </c>
+      <c r="J270" s="14">
+        <v>1</v>
+      </c>
+      <c r="K270" s="16">
+        <v>93.957999999999998</v>
+      </c>
+    </row>
+    <row r="271" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A271" s="12">
+        <v>533554</v>
+      </c>
+      <c r="B271" s="12" t="s">
+        <v>178</v>
+      </c>
+      <c r="C271" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D271" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E271" s="13">
+        <v>123383</v>
+      </c>
+      <c r="F271" s="13">
+        <v>123383</v>
+      </c>
+      <c r="G271" s="14">
+        <v>1</v>
+      </c>
+      <c r="H271" s="15">
+        <v>435.53355399999998</v>
+      </c>
+      <c r="I271" s="13"/>
+      <c r="J271" s="12"/>
+      <c r="K271" s="16"/>
+    </row>
+    <row r="272" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A272" s="12">
+        <v>533558</v>
+      </c>
+      <c r="B272" s="12" t="s">
+        <v>179</v>
+      </c>
+      <c r="C272" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D272" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E272" s="13">
+        <v>1000000</v>
+      </c>
+      <c r="F272" s="13">
+        <v>1000000</v>
+      </c>
+      <c r="G272" s="14">
+        <v>1</v>
+      </c>
+      <c r="H272" s="15">
+        <v>435.53355800000003</v>
+      </c>
+      <c r="I272" s="13"/>
+      <c r="J272" s="12"/>
+      <c r="K272" s="16"/>
+    </row>
+    <row r="273" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A273" s="12">
+        <v>533559</v>
+      </c>
+      <c r="B273" s="12" t="s">
+        <v>180</v>
+      </c>
+      <c r="C273" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D273" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E273" s="13">
+        <v>2597165</v>
+      </c>
+      <c r="F273" s="13">
+        <v>2597165</v>
+      </c>
+      <c r="G273" s="14">
+        <v>1</v>
+      </c>
+      <c r="H273" s="15">
+        <v>435.53355900000003</v>
+      </c>
+      <c r="I273" s="13"/>
+      <c r="J273" s="12"/>
+      <c r="K273" s="16"/>
+    </row>
+    <row r="274" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A274" s="12">
+        <v>533600</v>
+      </c>
+      <c r="B274" s="12" t="s">
+        <v>181</v>
+      </c>
+      <c r="C274" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D274" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E274" s="13">
+        <v>1324598</v>
+      </c>
+      <c r="F274" s="13">
+        <v>1324598</v>
+      </c>
+      <c r="G274" s="14">
+        <v>1</v>
+      </c>
+      <c r="H274" s="15">
+        <v>435.53359999999998</v>
+      </c>
+      <c r="I274" s="13"/>
+      <c r="J274" s="12"/>
+      <c r="K274" s="16"/>
+    </row>
+    <row r="275" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A275" s="12">
+        <v>533601</v>
+      </c>
+      <c r="B275" s="12" t="s">
+        <v>182</v>
+      </c>
+      <c r="C275" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D275" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E275" s="13">
+        <v>895000</v>
+      </c>
+      <c r="F275" s="13"/>
+      <c r="G275" s="14"/>
+      <c r="H275" s="15"/>
+      <c r="I275" s="13">
+        <v>853100</v>
+      </c>
+      <c r="J275" s="14">
+        <v>0.95320000000000005</v>
+      </c>
+      <c r="K275" s="16">
+        <v>93.15</v>
+      </c>
+    </row>
+    <row r="276" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A276" s="12">
+        <v>533601</v>
+      </c>
+      <c r="B276" s="12" t="s">
+        <v>182</v>
+      </c>
+      <c r="C276" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D276" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E276" s="13">
+        <v>895000</v>
+      </c>
+      <c r="F276" s="13">
+        <v>41900</v>
+      </c>
+      <c r="G276" s="14">
+        <v>4.6800000000000001E-2</v>
+      </c>
+      <c r="H276" s="15">
+        <v>435.53360099999998</v>
+      </c>
+      <c r="I276" s="13"/>
+      <c r="J276" s="12"/>
+      <c r="K276" s="16"/>
+    </row>
+    <row r="277" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A277" s="12">
+        <v>533609</v>
+      </c>
+      <c r="B277" s="12" t="s">
+        <v>183</v>
+      </c>
+      <c r="C277" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D277" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E277" s="13">
+        <v>440934</v>
+      </c>
+      <c r="F277" s="13"/>
+      <c r="G277" s="14"/>
+      <c r="H277" s="15"/>
+      <c r="I277" s="13">
+        <v>440934</v>
+      </c>
+      <c r="J277" s="14">
+        <v>1</v>
+      </c>
+      <c r="K277" s="16">
+        <v>93.957999999999998</v>
+      </c>
+    </row>
+    <row r="278" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A278" s="12">
+        <v>533700</v>
+      </c>
+      <c r="B278" s="12" t="s">
+        <v>184</v>
+      </c>
+      <c r="C278" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D278" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E278" s="13">
+        <v>516388</v>
+      </c>
+      <c r="F278" s="13"/>
+      <c r="G278" s="14"/>
+      <c r="H278" s="15"/>
+      <c r="I278" s="13">
+        <v>516388</v>
+      </c>
+      <c r="J278" s="14">
+        <v>1</v>
+      </c>
+      <c r="K278" s="16">
+        <v>93.242999999999995</v>
+      </c>
+    </row>
+    <row r="279" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A279" s="12">
+        <v>533701</v>
+      </c>
+      <c r="B279" s="12" t="s">
+        <v>185</v>
+      </c>
+      <c r="C279" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D279" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E279" s="13">
+        <v>865000</v>
+      </c>
+      <c r="F279" s="13">
+        <v>865000</v>
+      </c>
+      <c r="G279" s="14">
+        <v>1</v>
+      </c>
+      <c r="H279" s="15">
+        <v>435.53370100000001</v>
+      </c>
+      <c r="I279" s="13"/>
+      <c r="J279" s="12"/>
+      <c r="K279" s="16"/>
+    </row>
+    <row r="280" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A280" s="12">
+        <v>533716</v>
+      </c>
+      <c r="B280" s="12" t="s">
+        <v>186</v>
+      </c>
+      <c r="C280" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D280" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E280" s="13">
+        <v>500000</v>
+      </c>
+      <c r="F280" s="13">
+        <v>500000</v>
+      </c>
+      <c r="G280" s="14">
+        <v>1</v>
+      </c>
+      <c r="H280" s="15">
+        <v>435.53371600000003</v>
+      </c>
+      <c r="I280" s="13"/>
+      <c r="J280" s="12"/>
+      <c r="K280" s="16"/>
+    </row>
+    <row r="281" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A281" s="12">
+        <v>533885</v>
+      </c>
+      <c r="B281" s="12" t="s">
+        <v>187</v>
+      </c>
+      <c r="C281" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D281" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E281" s="13">
+        <v>50000</v>
+      </c>
+      <c r="F281" s="13">
+        <v>50000</v>
+      </c>
+      <c r="G281" s="14">
+        <v>1</v>
+      </c>
+      <c r="H281" s="15">
+        <v>435.533885</v>
+      </c>
+      <c r="I281" s="13"/>
+      <c r="J281" s="12"/>
+      <c r="K281" s="16"/>
+    </row>
+    <row r="282" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A282" s="12">
+        <v>560051</v>
+      </c>
+      <c r="B282" s="12" t="s">
+        <v>195</v>
+      </c>
+      <c r="C282" s="12" t="s">
         <v>113</v>
       </c>
-      <c r="C23" t="s">
-[...22 lines deleted...]
-      <c r="B24" s="10" t="s">
+      <c r="D282" s="12" t="s">
         <v>114</v>
       </c>
-      <c r="C24" t="s">
-[...164 lines deleted...]
-      <c r="E30" s="4">
+      <c r="E282" s="13">
         <v>0</v>
       </c>
-      <c r="G30" s="1"/>
-      <c r="I30" s="4">
+      <c r="F282" s="13"/>
+      <c r="G282" s="14"/>
+      <c r="H282" s="15"/>
+      <c r="I282" s="13">
         <v>0</v>
       </c>
-      <c r="K30" s="8">
+      <c r="J282" s="12"/>
+      <c r="K282" s="16">
         <v>93.778000000000006</v>
       </c>
     </row>
-    <row r="31" spans="1:23" x14ac:dyDescent="0.3">
-[...12 lines deleted...]
-      <c r="E31" s="4">
+    <row r="283" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A283" s="12">
+        <v>560052</v>
+      </c>
+      <c r="B283" s="12" t="s">
+        <v>196</v>
+      </c>
+      <c r="C283" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D283" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E283" s="13">
+        <v>724961</v>
+      </c>
+      <c r="F283" s="13">
+        <v>724961</v>
+      </c>
+      <c r="G283" s="14">
+        <v>1</v>
+      </c>
+      <c r="H283" s="15">
+        <v>435.56005199999998</v>
+      </c>
+      <c r="I283" s="13"/>
+      <c r="J283" s="12"/>
+      <c r="K283" s="16"/>
+    </row>
+    <row r="284" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A284" s="12">
+        <v>560100</v>
+      </c>
+      <c r="B284" s="12" t="s">
+        <v>197</v>
+      </c>
+      <c r="C284" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D284" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E284" s="13">
+        <v>47185096</v>
+      </c>
+      <c r="F284" s="13">
+        <v>47185096</v>
+      </c>
+      <c r="G284" s="14">
+        <v>1</v>
+      </c>
+      <c r="H284" s="15">
+        <v>435.56009999999998</v>
+      </c>
+      <c r="I284" s="13"/>
+      <c r="J284" s="12"/>
+      <c r="K284" s="16"/>
+    </row>
+    <row r="285" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A285" s="12">
+        <v>560152</v>
+      </c>
+      <c r="B285" s="12" t="s">
+        <v>198</v>
+      </c>
+      <c r="C285" s="12" t="s">
+        <v>113</v>
+      </c>
+      <c r="D285" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="E285" s="13">
         <v>0</v>
       </c>
-      <c r="F31" s="4">
+      <c r="F285" s="13"/>
+      <c r="G285" s="14"/>
+      <c r="H285" s="15"/>
+      <c r="I285" s="13">
         <v>0</v>
       </c>
-      <c r="G31" s="1"/>
-[...17 lines deleted...]
-      <c r="E32" s="4">
+      <c r="J285" s="12"/>
+      <c r="K285" s="16">
+        <v>93.778000000000006</v>
+      </c>
+    </row>
+    <row r="286" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A286" s="12">
+        <v>560155</v>
+      </c>
+      <c r="B286" s="12" t="s">
+        <v>199</v>
+      </c>
+      <c r="C286" s="12" t="s">
+        <v>113</v>
+      </c>
+      <c r="D286" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="E286" s="13">
         <v>0</v>
       </c>
-      <c r="G32" s="1"/>
-      <c r="I32" s="4">
+      <c r="F286" s="13"/>
+      <c r="G286" s="14"/>
+      <c r="H286" s="15"/>
+      <c r="I286" s="13">
         <v>0</v>
       </c>
-      <c r="K32" s="8">
+      <c r="J286" s="12"/>
+      <c r="K286" s="16">
         <v>93.778000000000006</v>
       </c>
     </row>
-    <row r="33" spans="1:11" x14ac:dyDescent="0.3">
-[...12 lines deleted...]
-      <c r="E33" s="4">
+    <row r="287" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A287" s="12">
+        <v>560213</v>
+      </c>
+      <c r="B287" s="12" t="s">
+        <v>200</v>
+      </c>
+      <c r="C287" s="12" t="s">
+        <v>113</v>
+      </c>
+      <c r="D287" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="E287" s="13">
         <v>0</v>
       </c>
-      <c r="F33" s="4">
+      <c r="F287" s="13"/>
+      <c r="G287" s="14"/>
+      <c r="H287" s="15"/>
+      <c r="I287" s="13">
         <v>0</v>
       </c>
-      <c r="G33" s="1"/>
-[...17 lines deleted...]
-      <c r="E34" s="4">
+      <c r="J287" s="12"/>
+      <c r="K287" s="16">
+        <v>93.778000000000006</v>
+      </c>
+    </row>
+    <row r="288" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A288" s="12">
+        <v>560215</v>
+      </c>
+      <c r="B288" s="12" t="s">
+        <v>201</v>
+      </c>
+      <c r="C288" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D288" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E288" s="13">
+        <v>305930</v>
+      </c>
+      <c r="F288" s="13">
+        <v>305930</v>
+      </c>
+      <c r="G288" s="14">
+        <v>1</v>
+      </c>
+      <c r="H288" s="15">
+        <v>435.56021500000003</v>
+      </c>
+      <c r="I288" s="13"/>
+      <c r="J288" s="12"/>
+      <c r="K288" s="16"/>
+    </row>
+    <row r="289" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A289" s="12">
+        <v>560226</v>
+      </c>
+      <c r="B289" s="12" t="s">
+        <v>202</v>
+      </c>
+      <c r="C289" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D289" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E289" s="13">
+        <v>111000</v>
+      </c>
+      <c r="F289" s="13">
+        <v>111000</v>
+      </c>
+      <c r="G289" s="14">
+        <v>1</v>
+      </c>
+      <c r="H289" s="15">
+        <v>435.560226</v>
+      </c>
+      <c r="I289" s="13"/>
+      <c r="J289" s="12"/>
+      <c r="K289" s="16"/>
+    </row>
+    <row r="290" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A290" s="12">
+        <v>560231</v>
+      </c>
+      <c r="B290" s="12" t="s">
+        <v>203</v>
+      </c>
+      <c r="C290" s="12" t="s">
+        <v>113</v>
+      </c>
+      <c r="D290" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="E290" s="13">
         <v>0</v>
       </c>
-      <c r="F34" s="4">
+      <c r="F290" s="13"/>
+      <c r="G290" s="14"/>
+      <c r="H290" s="15"/>
+      <c r="I290" s="13">
         <v>0</v>
       </c>
-      <c r="G34" s="1"/>
-[...43 lines deleted...]
-      <c r="E36" s="4">
+      <c r="J290" s="12"/>
+      <c r="K290" s="16">
+        <v>93.778000000000006</v>
+      </c>
+    </row>
+    <row r="291" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A291" s="12">
+        <v>560232</v>
+      </c>
+      <c r="B291" s="12" t="s">
+        <v>204</v>
+      </c>
+      <c r="C291" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D291" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E291" s="13">
+        <v>86668</v>
+      </c>
+      <c r="F291" s="13">
+        <v>86668</v>
+      </c>
+      <c r="G291" s="14">
+        <v>1</v>
+      </c>
+      <c r="H291" s="15">
+        <v>435.56023199999998</v>
+      </c>
+      <c r="I291" s="13"/>
+      <c r="J291" s="12"/>
+      <c r="K291" s="16"/>
+    </row>
+    <row r="292" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A292" s="12">
+        <v>560271</v>
+      </c>
+      <c r="B292" s="12" t="s">
+        <v>205</v>
+      </c>
+      <c r="C292" s="12" t="s">
+        <v>113</v>
+      </c>
+      <c r="D292" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="E292" s="13">
         <v>0</v>
       </c>
-      <c r="G36" s="1"/>
-      <c r="I36" s="4">
+      <c r="F292" s="13"/>
+      <c r="G292" s="14"/>
+      <c r="H292" s="15"/>
+      <c r="I292" s="13">
         <v>0</v>
       </c>
-      <c r="K36" s="8">
+      <c r="J292" s="12"/>
+      <c r="K292" s="16">
         <v>93.778000000000006</v>
       </c>
     </row>
-    <row r="37" spans="1:11" x14ac:dyDescent="0.3">
-[...12 lines deleted...]
-      <c r="E37" s="4">
+    <row r="293" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A293" s="12">
+        <v>560272</v>
+      </c>
+      <c r="B293" s="12" t="s">
+        <v>206</v>
+      </c>
+      <c r="C293" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D293" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E293" s="13">
+        <v>79809</v>
+      </c>
+      <c r="F293" s="13">
+        <v>79809</v>
+      </c>
+      <c r="G293" s="14">
+        <v>1</v>
+      </c>
+      <c r="H293" s="15">
+        <v>435.560272</v>
+      </c>
+      <c r="I293" s="13"/>
+      <c r="J293" s="12"/>
+      <c r="K293" s="16"/>
+    </row>
+    <row r="294" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A294" s="12">
+        <v>560300</v>
+      </c>
+      <c r="B294" s="12" t="s">
+        <v>207</v>
+      </c>
+      <c r="C294" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D294" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E294" s="13">
+        <v>510105</v>
+      </c>
+      <c r="F294" s="13"/>
+      <c r="G294" s="14"/>
+      <c r="H294" s="15"/>
+      <c r="I294" s="13">
+        <v>135694</v>
+      </c>
+      <c r="J294" s="14">
+        <v>0.26600000000000001</v>
+      </c>
+      <c r="K294" s="16">
+        <v>93.043999999999997</v>
+      </c>
+    </row>
+    <row r="295" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A295" s="12">
+        <v>560300</v>
+      </c>
+      <c r="B295" s="12" t="s">
+        <v>207</v>
+      </c>
+      <c r="C295" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D295" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E295" s="13">
+        <v>510105</v>
+      </c>
+      <c r="F295" s="13"/>
+      <c r="G295" s="14"/>
+      <c r="H295" s="15"/>
+      <c r="I295" s="13">
+        <v>311734</v>
+      </c>
+      <c r="J295" s="14">
+        <v>0.61109999999999998</v>
+      </c>
+      <c r="K295" s="16">
+        <v>93.045000000000002</v>
+      </c>
+    </row>
+    <row r="296" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A296" s="12">
+        <v>560300</v>
+      </c>
+      <c r="B296" s="12" t="s">
+        <v>207</v>
+      </c>
+      <c r="C296" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D296" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E296" s="13">
+        <v>510105</v>
+      </c>
+      <c r="F296" s="13"/>
+      <c r="G296" s="14"/>
+      <c r="H296" s="15"/>
+      <c r="I296" s="13">
+        <v>62677</v>
+      </c>
+      <c r="J296" s="14">
+        <v>0.1229</v>
+      </c>
+      <c r="K296" s="16">
+        <v>93.052000000000007</v>
+      </c>
+    </row>
+    <row r="297" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A297" s="12">
+        <v>560318</v>
+      </c>
+      <c r="B297" s="12" t="s">
+        <v>208</v>
+      </c>
+      <c r="C297" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D297" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E297" s="13">
+        <v>24828</v>
+      </c>
+      <c r="F297" s="13">
+        <v>24828</v>
+      </c>
+      <c r="G297" s="14">
+        <v>1</v>
+      </c>
+      <c r="H297" s="15">
+        <v>435.560318</v>
+      </c>
+      <c r="I297" s="13"/>
+      <c r="J297" s="12"/>
+      <c r="K297" s="16"/>
+    </row>
+    <row r="298" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A298" s="12">
+        <v>560320</v>
+      </c>
+      <c r="B298" s="12" t="s">
+        <v>209</v>
+      </c>
+      <c r="C298" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D298" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E298" s="13">
+        <v>2043645</v>
+      </c>
+      <c r="F298" s="13">
+        <v>2043645</v>
+      </c>
+      <c r="G298" s="14">
+        <v>1</v>
+      </c>
+      <c r="H298" s="15">
+        <v>435.56031999999999</v>
+      </c>
+      <c r="I298" s="13"/>
+      <c r="J298" s="12"/>
+      <c r="K298" s="16"/>
+    </row>
+    <row r="299" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A299" s="12">
+        <v>560321</v>
+      </c>
+      <c r="B299" s="12" t="s">
+        <v>210</v>
+      </c>
+      <c r="C299" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D299" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E299" s="13">
+        <v>55710</v>
+      </c>
+      <c r="F299" s="13">
+        <v>55710</v>
+      </c>
+      <c r="G299" s="14">
+        <v>1</v>
+      </c>
+      <c r="H299" s="15">
+        <v>435.56032099999999</v>
+      </c>
+      <c r="I299" s="13"/>
+      <c r="J299" s="12"/>
+      <c r="K299" s="16"/>
+    </row>
+    <row r="300" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A300" s="12">
+        <v>560328</v>
+      </c>
+      <c r="B300" s="12" t="s">
+        <v>211</v>
+      </c>
+      <c r="C300" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D300" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E300" s="13">
+        <v>442568</v>
+      </c>
+      <c r="F300" s="13">
+        <v>442568</v>
+      </c>
+      <c r="G300" s="14">
+        <v>1</v>
+      </c>
+      <c r="H300" s="15">
+        <v>435.56032800000003</v>
+      </c>
+      <c r="I300" s="13"/>
+      <c r="J300" s="12"/>
+      <c r="K300" s="16"/>
+    </row>
+    <row r="301" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A301" s="12">
+        <v>560330</v>
+      </c>
+      <c r="B301" s="12" t="s">
+        <v>212</v>
+      </c>
+      <c r="C301" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D301" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E301" s="13">
+        <v>76319</v>
+      </c>
+      <c r="F301" s="13">
+        <v>76319</v>
+      </c>
+      <c r="G301" s="14">
+        <v>1</v>
+      </c>
+      <c r="H301" s="15">
+        <v>435.56033000000002</v>
+      </c>
+      <c r="I301" s="13"/>
+      <c r="J301" s="12"/>
+      <c r="K301" s="16"/>
+    </row>
+    <row r="302" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A302" s="12">
+        <v>560338</v>
+      </c>
+      <c r="B302" s="12" t="s">
+        <v>213</v>
+      </c>
+      <c r="C302" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D302" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E302" s="13">
+        <v>73682</v>
+      </c>
+      <c r="F302" s="13"/>
+      <c r="G302" s="14"/>
+      <c r="H302" s="15"/>
+      <c r="I302" s="13">
+        <v>73682</v>
+      </c>
+      <c r="J302" s="14">
+        <v>1</v>
+      </c>
+      <c r="K302" s="16">
+        <v>93.043999999999997</v>
+      </c>
+    </row>
+    <row r="303" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A303" s="12">
+        <v>560340</v>
+      </c>
+      <c r="B303" s="12" t="s">
+        <v>214</v>
+      </c>
+      <c r="C303" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D303" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E303" s="13">
+        <v>1399947</v>
+      </c>
+      <c r="F303" s="13"/>
+      <c r="G303" s="14"/>
+      <c r="H303" s="15"/>
+      <c r="I303" s="13">
+        <v>1399947</v>
+      </c>
+      <c r="J303" s="14">
+        <v>1</v>
+      </c>
+      <c r="K303" s="16">
+        <v>93.043999999999997</v>
+      </c>
+    </row>
+    <row r="304" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A304" s="12">
+        <v>560355</v>
+      </c>
+      <c r="B304" s="12" t="s">
+        <v>215</v>
+      </c>
+      <c r="C304" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D304" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E304" s="13">
+        <v>3537388</v>
+      </c>
+      <c r="F304" s="13"/>
+      <c r="G304" s="14"/>
+      <c r="H304" s="15"/>
+      <c r="I304" s="13">
+        <v>2089118</v>
+      </c>
+      <c r="J304" s="14">
+        <v>0.59060000000000001</v>
+      </c>
+      <c r="K304" s="16">
+        <v>93.045000000000002</v>
+      </c>
+    </row>
+    <row r="305" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A305" s="12">
+        <v>560355</v>
+      </c>
+      <c r="B305" s="12" t="s">
+        <v>215</v>
+      </c>
+      <c r="C305" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D305" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E305" s="13">
+        <v>3537388</v>
+      </c>
+      <c r="F305" s="13">
+        <v>1448270</v>
+      </c>
+      <c r="G305" s="14">
+        <v>0.40939999999999999</v>
+      </c>
+      <c r="H305" s="15">
+        <v>435.56035500000002</v>
+      </c>
+      <c r="I305" s="13"/>
+      <c r="J305" s="12"/>
+      <c r="K305" s="16"/>
+    </row>
+    <row r="306" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A306" s="12">
+        <v>560360</v>
+      </c>
+      <c r="B306" s="12" t="s">
+        <v>216</v>
+      </c>
+      <c r="C306" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D306" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E306" s="13">
+        <v>1566594</v>
+      </c>
+      <c r="F306" s="13"/>
+      <c r="G306" s="14"/>
+      <c r="H306" s="15"/>
+      <c r="I306" s="13">
+        <v>1404159</v>
+      </c>
+      <c r="J306" s="20">
+        <v>0.89629999999999999</v>
+      </c>
+      <c r="K306" s="16">
+        <v>93.045000000000002</v>
+      </c>
+    </row>
+    <row r="307" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A307" s="12">
+        <v>560360</v>
+      </c>
+      <c r="B307" s="12" t="s">
+        <v>216</v>
+      </c>
+      <c r="C307" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D307" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E307" s="13">
+        <v>1566594</v>
+      </c>
+      <c r="F307" s="13">
+        <v>162435</v>
+      </c>
+      <c r="G307" s="14">
+        <v>0.1037</v>
+      </c>
+      <c r="H307" s="15">
+        <v>435.56036</v>
+      </c>
+      <c r="I307" s="13"/>
+      <c r="J307" s="12"/>
+      <c r="K307" s="16"/>
+    </row>
+    <row r="308" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A308" s="12">
+        <v>560371</v>
+      </c>
+      <c r="B308" s="12" t="s">
+        <v>217</v>
+      </c>
+      <c r="C308" s="12" t="s">
+        <v>113</v>
+      </c>
+      <c r="D308" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="E308" s="13">
         <v>0</v>
       </c>
-      <c r="F37" s="4">
+      <c r="F308" s="13"/>
+      <c r="G308" s="14"/>
+      <c r="H308" s="15"/>
+      <c r="I308" s="13">
         <v>0</v>
       </c>
-      <c r="G37" s="1"/>
-[...74 lines deleted...]
-      <c r="K40" s="8">
+      <c r="J308" s="12"/>
+      <c r="K308" s="16">
         <v>93.778000000000006</v>
       </c>
     </row>
-    <row r="41" spans="1:11" x14ac:dyDescent="0.3">
-[...192 lines deleted...]
-      <c r="K48" s="8">
+    <row r="309" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A309" s="12">
+        <v>560372</v>
+      </c>
+      <c r="B309" s="12" t="s">
+        <v>218</v>
+      </c>
+      <c r="C309" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D309" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E309" s="13">
+        <v>105088</v>
+      </c>
+      <c r="F309" s="13">
+        <v>105088</v>
+      </c>
+      <c r="G309" s="14">
+        <v>1</v>
+      </c>
+      <c r="H309" s="15">
+        <v>435.56037199999997</v>
+      </c>
+      <c r="I309" s="13"/>
+      <c r="J309" s="12"/>
+      <c r="K309" s="16"/>
+    </row>
+    <row r="310" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A310" s="12">
+        <v>560383</v>
+      </c>
+      <c r="B310" s="12" t="s">
+        <v>219</v>
+      </c>
+      <c r="C310" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D310" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E310" s="13">
+        <v>131400</v>
+      </c>
+      <c r="F310" s="13">
+        <v>131400</v>
+      </c>
+      <c r="G310" s="14">
+        <v>1</v>
+      </c>
+      <c r="H310" s="15">
+        <v>435.560383</v>
+      </c>
+      <c r="I310" s="13"/>
+      <c r="J310" s="12"/>
+      <c r="K310" s="16"/>
+    </row>
+    <row r="311" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A311" s="12">
+        <v>560385</v>
+      </c>
+      <c r="B311" s="12" t="s">
+        <v>220</v>
+      </c>
+      <c r="C311" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D311" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E311" s="13">
+        <v>77000</v>
+      </c>
+      <c r="F311" s="13"/>
+      <c r="G311" s="14"/>
+      <c r="H311" s="15"/>
+      <c r="I311" s="13">
+        <v>77000</v>
+      </c>
+      <c r="J311" s="14">
+        <v>1</v>
+      </c>
+      <c r="K311" s="16">
+        <v>93.334000000000003</v>
+      </c>
+    </row>
+    <row r="312" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A312" s="12">
+        <v>560386</v>
+      </c>
+      <c r="B312" s="12" t="s">
+        <v>221</v>
+      </c>
+      <c r="C312" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D312" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E312" s="13">
+        <v>74000</v>
+      </c>
+      <c r="F312" s="13"/>
+      <c r="G312" s="14"/>
+      <c r="H312" s="15"/>
+      <c r="I312" s="13">
+        <v>74000</v>
+      </c>
+      <c r="J312" s="14">
+        <v>1</v>
+      </c>
+      <c r="K312" s="16">
+        <v>93.334000000000003</v>
+      </c>
+    </row>
+    <row r="313" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A313" s="12">
+        <v>560388</v>
+      </c>
+      <c r="B313" s="12" t="s">
+        <v>222</v>
+      </c>
+      <c r="C313" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D313" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E313" s="13">
+        <v>66600</v>
+      </c>
+      <c r="F313" s="13"/>
+      <c r="G313" s="14"/>
+      <c r="H313" s="15"/>
+      <c r="I313" s="13">
+        <v>66600</v>
+      </c>
+      <c r="J313" s="14">
+        <v>1</v>
+      </c>
+      <c r="K313" s="16">
+        <v>93.334000000000003</v>
+      </c>
+    </row>
+    <row r="314" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A314" s="12">
+        <v>560432</v>
+      </c>
+      <c r="B314" s="12" t="s">
+        <v>223</v>
+      </c>
+      <c r="C314" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D314" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E314" s="13">
+        <v>989329</v>
+      </c>
+      <c r="F314" s="13"/>
+      <c r="G314" s="14"/>
+      <c r="H314" s="15"/>
+      <c r="I314" s="13">
+        <v>989329</v>
+      </c>
+      <c r="J314" s="14">
+        <v>1</v>
+      </c>
+      <c r="K314" s="16">
         <v>93.323999999999998</v>
       </c>
     </row>
-    <row r="49" spans="1:11" x14ac:dyDescent="0.3">
-[...2983 lines deleted...]
-        <v>93.323999999999998</v>
+    <row r="315" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A315" s="12">
+        <v>560490</v>
+      </c>
+      <c r="B315" s="12" t="s">
+        <v>224</v>
+      </c>
+      <c r="C315" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D315" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E315" s="13">
+        <v>495708</v>
+      </c>
+      <c r="F315" s="13">
+        <v>495708</v>
+      </c>
+      <c r="G315" s="14">
+        <v>1</v>
+      </c>
+      <c r="H315" s="15">
+        <v>435.56049000000002</v>
+      </c>
+      <c r="I315" s="13"/>
+      <c r="J315" s="12"/>
+      <c r="K315" s="16"/>
+    </row>
+    <row r="316" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A316" s="12">
+        <v>560510</v>
+      </c>
+      <c r="B316" s="12" t="s">
+        <v>225</v>
+      </c>
+      <c r="C316" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D316" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E316" s="13">
+        <v>115133</v>
+      </c>
+      <c r="F316" s="13"/>
+      <c r="G316" s="14"/>
+      <c r="H316" s="15"/>
+      <c r="I316" s="13">
+        <v>115133</v>
+      </c>
+      <c r="J316" s="14">
+        <v>1</v>
+      </c>
+      <c r="K316" s="16">
+        <v>93.043000000000006</v>
+      </c>
+    </row>
+    <row r="317" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A317" s="12">
+        <v>560520</v>
+      </c>
+      <c r="B317" s="21" t="s">
+        <v>302</v>
+      </c>
+      <c r="C317" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D317" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E317" s="13">
+        <v>658374</v>
+      </c>
+      <c r="F317" s="13"/>
+      <c r="G317" s="14"/>
+      <c r="H317" s="15"/>
+      <c r="I317" s="13">
+        <v>658374</v>
+      </c>
+      <c r="J317" s="14">
+        <v>1</v>
+      </c>
+      <c r="K317" s="16">
+        <v>93.052000000000007</v>
+      </c>
+    </row>
+    <row r="318" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A318" s="12">
+        <v>560620</v>
+      </c>
+      <c r="B318" s="12" t="s">
+        <v>226</v>
+      </c>
+      <c r="C318" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D318" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E318" s="13">
+        <v>368479</v>
+      </c>
+      <c r="F318" s="13"/>
+      <c r="G318" s="14"/>
+      <c r="H318" s="15"/>
+      <c r="I318" s="13">
+        <v>368479</v>
+      </c>
+      <c r="J318" s="14">
+        <v>1</v>
+      </c>
+      <c r="K318" s="16">
+        <v>93.070999999999998</v>
+      </c>
+    </row>
+    <row r="319" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A319" s="12">
+        <v>560621</v>
+      </c>
+      <c r="B319" s="12" t="s">
+        <v>227</v>
+      </c>
+      <c r="C319" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D319" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E319" s="13">
+        <v>349690</v>
+      </c>
+      <c r="F319" s="13"/>
+      <c r="G319" s="14"/>
+      <c r="H319" s="15"/>
+      <c r="I319" s="13">
+        <v>349690</v>
+      </c>
+      <c r="J319" s="14">
+        <v>1</v>
+      </c>
+      <c r="K319" s="16">
+        <v>93.070999999999998</v>
+      </c>
+    </row>
+    <row r="320" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A320" s="12">
+        <v>560622</v>
+      </c>
+      <c r="B320" s="12" t="s">
+        <v>228</v>
+      </c>
+      <c r="C320" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D320" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E320" s="13">
+        <v>74588</v>
+      </c>
+      <c r="F320" s="13"/>
+      <c r="G320" s="14"/>
+      <c r="H320" s="15"/>
+      <c r="I320" s="13">
+        <v>74588</v>
+      </c>
+      <c r="J320" s="14">
+        <v>1</v>
+      </c>
+      <c r="K320" s="16">
+        <v>93.070999999999998</v>
+      </c>
+    </row>
+    <row r="321" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A321" s="12">
+        <v>560700</v>
+      </c>
+      <c r="B321" s="12" t="s">
+        <v>229</v>
+      </c>
+      <c r="C321" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D321" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E321" s="13">
+        <v>211496</v>
+      </c>
+      <c r="F321" s="13"/>
+      <c r="G321" s="14"/>
+      <c r="H321" s="15"/>
+      <c r="I321" s="13">
+        <v>211496</v>
+      </c>
+      <c r="J321" s="14">
+        <v>1</v>
+      </c>
+      <c r="K321" s="16">
+        <v>93.052000000000007</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="n2l661+xIfMuW6YIQm3XH60iiahc9k8CcmhBXHlPRjF6rMvm4m0RkhS2wDO5ravaqvzUE1ExraYFmj1NjUnLFw==" saltValue="Hl6FGBn18R1T3cm8stsEvw==" spinCount="100000" sheet="1" objects="1" scenarios="1" sort="0" autoFilter="0" pivotTables="0"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="Mg6YV80DU1BwI0Gcyx01TkmcF1tUibuZ75zsARH7ag3TYqrZ2xfWAg31YNP3VgfNuN1pkVH7eQobOBdgg1y5Zg==" saltValue="m2qyJSC4LIoSmWvzzeRtLQ==" spinCount="100000" sheet="1" objects="1" scenarios="1" autoFilter="0"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
-    <tablePart r:id="rId1"/>
+    <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Contract Year 2026</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>