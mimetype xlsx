--- v0 (2025-11-25)
+++ v1 (2026-03-01)
@@ -36,120 +36,116 @@
   <Override PartName="/xl/charts/colors5.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style6.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors6.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style7.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors7.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="L:\Healthcare Acquired Infections\PHE\Publications\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="L:\Healthcare Acquired Infections\Region 3 - Tess\Projects\Data workbooks\Hand Hygiene\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{69FD061D-A610-4E29-9D7B-30A637918756}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D8954073-05CB-4229-AFF5-A97F580F3067}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="13896" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Instructions" sheetId="12" r:id="rId1"/>
     <sheet name="Cover Page" sheetId="13" r:id="rId2"/>
     <sheet name="Hand Hygiene Observation Tool" sheetId="18" r:id="rId3"/>
     <sheet name="Data and Chart by Facility" sheetId="5" r:id="rId4"/>
     <sheet name="Data and Charts by Unit" sheetId="10" r:id="rId5"/>
     <sheet name="Data and Charts by Staff" sheetId="21" r:id="rId6"/>
     <sheet name="Data and Charts by Process" sheetId="24" r:id="rId7"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId8"/>
   </externalReferences>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="3">'Data and Chart by Facility'!$A$1:$Z$47</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="6">'Data and Charts by Process'!$A$1:$Z$97</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="5">'Data and Charts by Staff'!$A$1:$Z$98</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="4">'Data and Charts by Unit'!$A$1:$Z$99</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">'Hand Hygiene Observation Tool'!$A$1:$AL$51</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="W25" i="24" l="1"/>
+  <c r="X18" i="21" l="1"/>
+  <c r="S25" i="10"/>
+  <c r="W25" i="24"/>
   <c r="V25" i="24"/>
-  <c r="Y25" i="24" s="1"/>
   <c r="S25" i="24"/>
   <c r="R25" i="24"/>
-  <c r="U25" i="24" s="1"/>
   <c r="O25" i="24"/>
   <c r="N25" i="24"/>
-  <c r="Q25" i="24" s="1"/>
   <c r="K25" i="24"/>
   <c r="J25" i="24"/>
-  <c r="M25" i="24" s="1"/>
   <c r="G25" i="24"/>
   <c r="F25" i="24"/>
-  <c r="I25" i="24" s="1"/>
   <c r="C25" i="24"/>
   <c r="B25" i="24"/>
-  <c r="E25" i="24" s="1"/>
   <c r="Y24" i="24"/>
   <c r="X24" i="24"/>
   <c r="U24" i="24"/>
   <c r="T24" i="24"/>
   <c r="Q24" i="24"/>
   <c r="P24" i="24"/>
   <c r="M24" i="24"/>
   <c r="L24" i="24"/>
   <c r="I24" i="24"/>
   <c r="H24" i="24"/>
   <c r="E24" i="24"/>
   <c r="D24" i="24"/>
   <c r="Y23" i="24"/>
   <c r="X23" i="24"/>
   <c r="U23" i="24"/>
   <c r="T23" i="24"/>
   <c r="Q23" i="24"/>
   <c r="P23" i="24"/>
   <c r="M23" i="24"/>
   <c r="L23" i="24"/>
   <c r="I23" i="24"/>
   <c r="H23" i="24"/>
   <c r="E23" i="24"/>
   <c r="D23" i="24"/>
   <c r="Y22" i="24"/>
@@ -204,66 +200,60 @@
   <c r="X18" i="24"/>
   <c r="U18" i="24"/>
   <c r="T18" i="24"/>
   <c r="Q18" i="24"/>
   <c r="P18" i="24"/>
   <c r="M18" i="24"/>
   <c r="L18" i="24"/>
   <c r="I18" i="24"/>
   <c r="H18" i="24"/>
   <c r="E18" i="24"/>
   <c r="D18" i="24"/>
   <c r="Y17" i="24"/>
   <c r="X17" i="24"/>
   <c r="U17" i="24"/>
   <c r="T17" i="24"/>
   <c r="Q17" i="24"/>
   <c r="P17" i="24"/>
   <c r="M17" i="24"/>
   <c r="L17" i="24"/>
   <c r="I17" i="24"/>
   <c r="H17" i="24"/>
   <c r="E17" i="24"/>
   <c r="D17" i="24"/>
   <c r="W12" i="24"/>
   <c r="V12" i="24"/>
-  <c r="Y12" i="24" s="1"/>
   <c r="S12" i="24"/>
   <c r="R12" i="24"/>
-  <c r="U12" i="24" s="1"/>
   <c r="O12" i="24"/>
   <c r="N12" i="24"/>
-  <c r="Q12" i="24" s="1"/>
   <c r="K12" i="24"/>
   <c r="J12" i="24"/>
-  <c r="M12" i="24" s="1"/>
   <c r="G12" i="24"/>
   <c r="F12" i="24"/>
-  <c r="I12" i="24" s="1"/>
   <c r="C12" i="24"/>
   <c r="B12" i="24"/>
-  <c r="E12" i="24" s="1"/>
   <c r="Y11" i="24"/>
   <c r="X11" i="24"/>
   <c r="U11" i="24"/>
   <c r="T11" i="24"/>
   <c r="Q11" i="24"/>
   <c r="P11" i="24"/>
   <c r="M11" i="24"/>
   <c r="L11" i="24"/>
   <c r="I11" i="24"/>
   <c r="H11" i="24"/>
   <c r="E11" i="24"/>
   <c r="D11" i="24"/>
   <c r="Y10" i="24"/>
   <c r="X10" i="24"/>
   <c r="U10" i="24"/>
   <c r="T10" i="24"/>
   <c r="Q10" i="24"/>
   <c r="P10" i="24"/>
   <c r="M10" i="24"/>
   <c r="L10" i="24"/>
   <c r="I10" i="24"/>
   <c r="H10" i="24"/>
   <c r="E10" i="24"/>
   <c r="D10" i="24"/>
   <c r="Y9" i="24"/>
@@ -316,74 +306,62 @@
   <c r="D6" i="24"/>
   <c r="Y5" i="24"/>
   <c r="X5" i="24"/>
   <c r="U5" i="24"/>
   <c r="T5" i="24"/>
   <c r="Q5" i="24"/>
   <c r="P5" i="24"/>
   <c r="M5" i="24"/>
   <c r="L5" i="24"/>
   <c r="I5" i="24"/>
   <c r="H5" i="24"/>
   <c r="E5" i="24"/>
   <c r="D5" i="24"/>
   <c r="Y4" i="24"/>
   <c r="X4" i="24"/>
   <c r="U4" i="24"/>
   <c r="T4" i="24"/>
   <c r="Q4" i="24"/>
   <c r="P4" i="24"/>
   <c r="M4" i="24"/>
   <c r="L4" i="24"/>
   <c r="I4" i="24"/>
   <c r="H4" i="24"/>
   <c r="E4" i="24"/>
   <c r="D4" i="24"/>
-  <c r="Y25" i="21"/>
   <c r="W25" i="21"/>
   <c r="V25" i="21"/>
-  <c r="X25" i="21" s="1"/>
-  <c r="T25" i="21"/>
   <c r="S25" i="21"/>
   <c r="R25" i="21"/>
-  <c r="U25" i="21" s="1"/>
-  <c r="Q25" i="21"/>
   <c r="O25" i="21"/>
   <c r="N25" i="21"/>
-  <c r="P25" i="21" s="1"/>
-  <c r="L25" i="21"/>
   <c r="K25" i="21"/>
   <c r="J25" i="21"/>
-  <c r="M25" i="21" s="1"/>
-  <c r="I25" i="21"/>
   <c r="G25" i="21"/>
   <c r="F25" i="21"/>
-  <c r="H25" i="21" s="1"/>
-  <c r="D25" i="21"/>
   <c r="C25" i="21"/>
   <c r="B25" i="21"/>
-  <c r="E25" i="21" s="1"/>
   <c r="Y24" i="21"/>
   <c r="X24" i="21"/>
   <c r="U24" i="21"/>
   <c r="T24" i="21"/>
   <c r="Q24" i="21"/>
   <c r="P24" i="21"/>
   <c r="M24" i="21"/>
   <c r="L24" i="21"/>
   <c r="I24" i="21"/>
   <c r="H24" i="21"/>
   <c r="E24" i="21"/>
   <c r="D24" i="21"/>
   <c r="Y23" i="21"/>
   <c r="X23" i="21"/>
   <c r="U23" i="21"/>
   <c r="T23" i="21"/>
   <c r="Q23" i="21"/>
   <c r="P23" i="21"/>
   <c r="M23" i="21"/>
   <c r="L23" i="21"/>
   <c r="I23" i="21"/>
   <c r="H23" i="21"/>
   <c r="E23" i="21"/>
   <c r="D23" i="21"/>
   <c r="Y22" i="21"/>
@@ -413,96 +391,85 @@
   <c r="Y20" i="21"/>
   <c r="X20" i="21"/>
   <c r="U20" i="21"/>
   <c r="T20" i="21"/>
   <c r="Q20" i="21"/>
   <c r="P20" i="21"/>
   <c r="M20" i="21"/>
   <c r="L20" i="21"/>
   <c r="I20" i="21"/>
   <c r="H20" i="21"/>
   <c r="E20" i="21"/>
   <c r="D20" i="21"/>
   <c r="Y19" i="21"/>
   <c r="X19" i="21"/>
   <c r="U19" i="21"/>
   <c r="T19" i="21"/>
   <c r="Q19" i="21"/>
   <c r="P19" i="21"/>
   <c r="M19" i="21"/>
   <c r="L19" i="21"/>
   <c r="I19" i="21"/>
   <c r="H19" i="21"/>
   <c r="E19" i="21"/>
   <c r="D19" i="21"/>
   <c r="Y18" i="21"/>
-  <c r="X18" i="21"/>
   <c r="U18" i="21"/>
   <c r="T18" i="21"/>
   <c r="Q18" i="21"/>
   <c r="P18" i="21"/>
   <c r="M18" i="21"/>
   <c r="L18" i="21"/>
   <c r="I18" i="21"/>
   <c r="H18" i="21"/>
   <c r="E18" i="21"/>
   <c r="D18" i="21"/>
   <c r="Y17" i="21"/>
   <c r="X17" i="21"/>
   <c r="U17" i="21"/>
   <c r="T17" i="21"/>
   <c r="Q17" i="21"/>
   <c r="P17" i="21"/>
   <c r="M17" i="21"/>
   <c r="L17" i="21"/>
   <c r="I17" i="21"/>
   <c r="H17" i="21"/>
   <c r="E17" i="21"/>
   <c r="D17" i="21"/>
-  <c r="Y12" i="21"/>
-  <c r="X12" i="21"/>
   <c r="W12" i="21"/>
   <c r="V12" i="21"/>
-  <c r="T12" i="21"/>
+  <c r="Y12" i="21" s="1"/>
   <c r="S12" i="21"/>
   <c r="R12" i="21"/>
-  <c r="U12" i="21" s="1"/>
-[...1 lines deleted...]
-  <c r="P12" i="21"/>
   <c r="O12" i="21"/>
   <c r="N12" i="21"/>
   <c r="K12" i="21"/>
-  <c r="L12" i="21" s="1"/>
   <c r="J12" i="21"/>
-  <c r="M12" i="21" s="1"/>
   <c r="G12" i="21"/>
-  <c r="H12" i="21" s="1"/>
   <c r="F12" i="21"/>
   <c r="C12" i="21"/>
-  <c r="D12" i="21" s="1"/>
   <c r="B12" i="21"/>
-  <c r="E12" i="21" s="1"/>
   <c r="Y11" i="21"/>
   <c r="X11" i="21"/>
   <c r="U11" i="21"/>
   <c r="T11" i="21"/>
   <c r="Q11" i="21"/>
   <c r="P11" i="21"/>
   <c r="M11" i="21"/>
   <c r="L11" i="21"/>
   <c r="I11" i="21"/>
   <c r="H11" i="21"/>
   <c r="E11" i="21"/>
   <c r="D11" i="21"/>
   <c r="Y10" i="21"/>
   <c r="X10" i="21"/>
   <c r="U10" i="21"/>
   <c r="T10" i="21"/>
   <c r="Q10" i="21"/>
   <c r="P10" i="21"/>
   <c r="M10" i="21"/>
   <c r="L10" i="21"/>
   <c r="I10" i="21"/>
   <c r="H10" i="21"/>
   <c r="E10" i="21"/>
   <c r="D10" i="21"/>
   <c r="Y9" i="21"/>
@@ -620,51 +587,50 @@
   <c r="P24" i="10"/>
   <c r="P23" i="10"/>
   <c r="P22" i="10"/>
   <c r="P21" i="10"/>
   <c r="P20" i="10"/>
   <c r="P19" i="10"/>
   <c r="P18" i="10"/>
   <c r="P17" i="10"/>
   <c r="M24" i="10"/>
   <c r="M23" i="10"/>
   <c r="M22" i="10"/>
   <c r="M21" i="10"/>
   <c r="M20" i="10"/>
   <c r="M19" i="10"/>
   <c r="M18" i="10"/>
   <c r="M17" i="10"/>
   <c r="L24" i="10"/>
   <c r="L23" i="10"/>
   <c r="L22" i="10"/>
   <c r="L21" i="10"/>
   <c r="L20" i="10"/>
   <c r="L19" i="10"/>
   <c r="L18" i="10"/>
   <c r="L17" i="10"/>
   <c r="W25" i="10"/>
-  <c r="S25" i="10"/>
   <c r="O25" i="10"/>
   <c r="I24" i="10"/>
   <c r="I23" i="10"/>
   <c r="I22" i="10"/>
   <c r="I21" i="10"/>
   <c r="I20" i="10"/>
   <c r="I19" i="10"/>
   <c r="I18" i="10"/>
   <c r="I17" i="10"/>
   <c r="H24" i="10"/>
   <c r="H23" i="10"/>
   <c r="H22" i="10"/>
   <c r="H21" i="10"/>
   <c r="H20" i="10"/>
   <c r="H19" i="10"/>
   <c r="H18" i="10"/>
   <c r="H17" i="10"/>
   <c r="K25" i="10"/>
   <c r="G25" i="10"/>
   <c r="E24" i="10"/>
   <c r="E23" i="10"/>
   <c r="E22" i="10"/>
   <c r="E21" i="10"/>
   <c r="E20" i="10"/>
   <c r="E19" i="10"/>
@@ -734,66 +700,58 @@
   <c r="M9" i="10"/>
   <c r="M8" i="10"/>
   <c r="M7" i="10"/>
   <c r="M6" i="10"/>
   <c r="M5" i="10"/>
   <c r="M4" i="10"/>
   <c r="L4" i="10"/>
   <c r="I11" i="10"/>
   <c r="I10" i="10"/>
   <c r="I9" i="10"/>
   <c r="I8" i="10"/>
   <c r="I7" i="10"/>
   <c r="H7" i="10"/>
   <c r="I6" i="10"/>
   <c r="I5" i="10"/>
   <c r="I4" i="10"/>
   <c r="L5" i="10"/>
   <c r="L6" i="10"/>
   <c r="L7" i="10"/>
   <c r="L8" i="10"/>
   <c r="L9" i="10"/>
   <c r="L10" i="10"/>
   <c r="L11" i="10"/>
   <c r="O12" i="10"/>
   <c r="V25" i="10"/>
-  <c r="X25" i="10" s="1"/>
   <c r="R25" i="10"/>
-  <c r="U25" i="10" s="1"/>
   <c r="N25" i="10"/>
-  <c r="Q25" i="10" s="1"/>
   <c r="J25" i="10"/>
-  <c r="L25" i="10" s="1"/>
   <c r="F25" i="10"/>
-  <c r="I25" i="10" s="1"/>
   <c r="B25" i="10"/>
-  <c r="E25" i="10" s="1"/>
   <c r="V12" i="10"/>
-  <c r="X12" i="10" s="1"/>
   <c r="S12" i="10"/>
   <c r="R12" i="10"/>
-  <c r="U12" i="10" s="1"/>
   <c r="K12" i="10"/>
   <c r="J12" i="10"/>
   <c r="G12" i="10"/>
   <c r="F12" i="10"/>
   <c r="C12" i="10"/>
   <c r="B12" i="10"/>
   <c r="H11" i="10"/>
   <c r="H10" i="10"/>
   <c r="H9" i="10"/>
   <c r="H8" i="10"/>
   <c r="H6" i="10"/>
   <c r="H5" i="10"/>
   <c r="H4" i="10"/>
   <c r="E11" i="10"/>
   <c r="E10" i="10"/>
   <c r="E9" i="10"/>
   <c r="E8" i="10"/>
   <c r="E7" i="10"/>
   <c r="E6" i="10"/>
   <c r="E5" i="10"/>
   <c r="E4" i="10"/>
   <c r="D11" i="10"/>
   <c r="D10" i="10"/>
   <c r="D9" i="10"/>
   <c r="D8" i="10"/>
@@ -803,84 +761,126 @@
   <c r="D4" i="10"/>
   <c r="X9" i="5"/>
   <c r="T9" i="5"/>
   <c r="P9" i="5"/>
   <c r="L9" i="5"/>
   <c r="H9" i="5"/>
   <c r="D9" i="5"/>
   <c r="X4" i="5"/>
   <c r="T4" i="5"/>
   <c r="P4" i="5"/>
   <c r="L4" i="5"/>
   <c r="H4" i="5"/>
   <c r="D4" i="5"/>
   <c r="Y9" i="5"/>
   <c r="U9" i="5"/>
   <c r="Q9" i="5"/>
   <c r="M9" i="5"/>
   <c r="I9" i="5"/>
   <c r="E9" i="5"/>
   <c r="U4" i="5"/>
   <c r="Y4" i="5"/>
   <c r="M4" i="5"/>
   <c r="I4" i="5"/>
   <c r="E4" i="5"/>
   <c r="Q4" i="5"/>
-  <c r="M25" i="10" l="1"/>
+  <c r="E25" i="24" l="1"/>
+  <c r="U25" i="24"/>
+  <c r="I25" i="24"/>
+  <c r="Y25" i="24"/>
+  <c r="Q25" i="24"/>
+  <c r="M25" i="24"/>
+  <c r="Y12" i="24"/>
+  <c r="U12" i="24"/>
+  <c r="Q12" i="24"/>
+  <c r="E12" i="24"/>
+  <c r="I12" i="24"/>
+  <c r="M12" i="24"/>
+  <c r="U25" i="21"/>
+  <c r="T25" i="21"/>
+  <c r="P25" i="21"/>
+  <c r="Q25" i="21"/>
+  <c r="M25" i="21"/>
+  <c r="L25" i="21"/>
+  <c r="H25" i="21"/>
+  <c r="I25" i="21"/>
+  <c r="E25" i="21"/>
+  <c r="D25" i="21"/>
+  <c r="X12" i="21"/>
+  <c r="U12" i="21"/>
+  <c r="T12" i="21"/>
+  <c r="Q12" i="21"/>
+  <c r="P12" i="21"/>
+  <c r="L12" i="21"/>
+  <c r="H12" i="21"/>
+  <c r="D12" i="21"/>
+  <c r="E12" i="21"/>
+  <c r="M12" i="21"/>
+  <c r="Y25" i="21"/>
+  <c r="X25" i="21"/>
+  <c r="U25" i="10"/>
+  <c r="X25" i="10"/>
+  <c r="Q25" i="10"/>
+  <c r="L25" i="10"/>
+  <c r="I25" i="10"/>
+  <c r="E25" i="10"/>
+  <c r="X12" i="10"/>
+  <c r="U12" i="10"/>
+  <c r="M25" i="10"/>
   <c r="D12" i="10"/>
   <c r="H12" i="10"/>
   <c r="M12" i="10"/>
   <c r="L12" i="24"/>
   <c r="T25" i="24"/>
   <c r="L25" i="24"/>
   <c r="D12" i="24"/>
   <c r="T12" i="24"/>
   <c r="D25" i="24"/>
   <c r="H12" i="24"/>
   <c r="P12" i="24"/>
   <c r="X12" i="24"/>
   <c r="H25" i="24"/>
   <c r="P25" i="24"/>
   <c r="X25" i="24"/>
   <c r="I12" i="21"/>
   <c r="Y25" i="10"/>
   <c r="P12" i="10"/>
   <c r="E12" i="10"/>
   <c r="Q12" i="10"/>
   <c r="T12" i="10"/>
   <c r="Y12" i="10"/>
   <c r="P25" i="10"/>
   <c r="I12" i="10"/>
   <c r="D25" i="10"/>
   <c r="L12" i="10"/>
   <c r="H25" i="10"/>
   <c r="T25" i="10"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="444" uniqueCount="105">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="444" uniqueCount="104">
   <si>
     <t xml:space="preserve">Note: This template contains sample data and information to demonstrate how the template may be used. Please remove pre-populated data prior to utilizing at your facility. </t>
   </si>
   <si>
     <t>Hand Hygiene Observation Tracking Workbook</t>
   </si>
   <si>
     <t>Purpose:</t>
   </si>
   <si>
     <t xml:space="preserve">This Hand Hygiene (HH) Observation Tracking Workbook is intended to be used as a tool to record and analyze data from completed infection prevention (IP) hand hygiene observations.This data can then be shared to demonstrate compliance with hand hygiene practices and easily identify areas that may need improvement. Observation data entered into this workbook can be auto-generated into easy to read charts that illustrate compliance over time facility wide, location specific, staff type, or during specific moments of opportunity for hand hygiene. </t>
   </si>
   <si>
     <t>Assessment process:</t>
   </si>
   <si>
     <t xml:space="preserve">1. Print out the "Hand Hygiene Observation Tool." </t>
   </si>
   <si>
     <t>a. Select the "Hand Hygiene Observation Tool" tab.</t>
   </si>
   <si>
     <t>b. Select "File." Select "Print."</t>
   </si>
   <si>
@@ -1179,53 +1179,50 @@
   <si>
     <t>Unit Name</t>
   </si>
   <si>
     <t>Staff Type</t>
   </si>
   <si>
     <t>Provider</t>
   </si>
   <si>
     <t>RN/LPN</t>
   </si>
   <si>
     <t>CNA/MA</t>
   </si>
   <si>
     <t>Therapy</t>
   </si>
   <si>
     <t>EVS</t>
   </si>
   <si>
     <t>Dietary</t>
   </si>
   <si>
-    <t>Other:*</t>
-[...1 lines deleted...]
-  <si>
     <t>Type of Opportunity</t>
   </si>
   <si>
     <t>Room Entry</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>Room Exit</t>
   </si>
   <si>
     <t>Before patient contact</t>
   </si>
   <si>
     <t>After patient contact</t>
   </si>
   <si>
     <t>After glove removal</t>
   </si>
   <si>
     <t>Before clean task</t>
   </si>
   <si>
     <t>After dirty task</t>
@@ -1317,90 +1314,90 @@
   <si>
     <t>Aug</t>
   </si>
   <si>
     <t>Sept</t>
   </si>
   <si>
     <t>Oct</t>
   </si>
   <si>
     <t>Nov</t>
   </si>
   <si>
     <t>Dec</t>
   </si>
   <si>
     <t>Goal</t>
   </si>
   <si>
     <t>Unit Monthly % Compliance</t>
   </si>
   <si>
     <t>Unit YTD % Compliance</t>
   </si>
   <si>
-    <t>Unit Name (A wing)</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">Unit Name </t>
   </si>
   <si>
     <t>Facility Total</t>
   </si>
   <si>
     <t>Staff Monthly % Compliance</t>
   </si>
   <si>
     <t>Staff YTD % Compliance</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>Facility total</t>
   </si>
   <si>
     <t>Prcoess Monthly % Compliance</t>
   </si>
   <si>
     <t>Process YTD % Compliance</t>
   </si>
   <si>
     <t>Room entry</t>
   </si>
   <si>
     <t>Room exit</t>
   </si>
   <si>
-    <t>Before/After glove use</t>
+    <t>Other*</t>
+  </si>
+  <si>
+    <t>Unit Name (e.g., A wing)</t>
+  </si>
+  <si>
+    <t>Unit Name (e.g., B wing)</t>
+  </si>
+  <si>
+    <t>Unit Name (e.g., C wing)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="23">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
@@ -3661,51 +3658,51 @@
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>0</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-481D-4087-8324-0113B485E72F}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>'Data and Charts by Unit'!$A$4</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
-                  <c:v>Unit Name (A wing)</c:v>
+                  <c:v>Unit Name (e.g., A wing)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent3"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:strRef>
               <c:f>('Data and Charts by Unit'!$B$2,'Data and Charts by Unit'!$F$2,'Data and Charts by Unit'!$J$2,'Data and Charts by Unit'!$N$2,'Data and Charts by Unit'!$R$2,'Data and Charts by Unit'!$V$2,'Data and Charts by Unit'!$B$15,'Data and Charts by Unit'!$F$15,'Data and Charts by Unit'!$J$15,'Data and Charts by Unit'!$N$15,'Data and Charts by Unit'!$R$15,'Data and Charts by Unit'!$V$15)</c:f>
               <c:strCache>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>January</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>February</c:v>
                 </c:pt>
@@ -3722,103 +3719,109 @@
                   <c:v>June</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>July</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>August</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>September</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>October</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>November</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>December</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>('Data and Charts by Unit'!$D$4,'Data and Charts by Unit'!$H$4,'Data and Charts by Unit'!$L$4,'Data and Charts by Unit'!$P$4,'Data and Charts by Unit'!$T$4,'Data and Charts by Unit'!$X$4,'Data and Charts by Unit'!$D$17,'Data and Charts by Unit'!$H$17,'Data and Charts by Unit'!$L$17,'Data and Charts by Unit'!$P$17)</c:f>
+              <c:f>('Data and Charts by Unit'!$D$4,'Data and Charts by Unit'!$H$4,'Data and Charts by Unit'!$L$4,'Data and Charts by Unit'!$P$4,'Data and Charts by Unit'!$T$4,'Data and Charts by Unit'!$X$4,'Data and Charts by Unit'!$D$17,'Data and Charts by Unit'!$H$17,'Data and Charts by Unit'!$L$17,'Data and Charts by Unit'!$P$17,'Data and Charts by Unit'!$T$17,'Data and Charts by Unit'!$X$17)</c:f>
               <c:numCache>
                 <c:formatCode>0%</c:formatCode>
-                <c:ptCount val="10"/>
+                <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>1</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>0.7142857142857143</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>0.5</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="9">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="11">
                   <c:v>0</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-481D-4087-8324-0113B485E72F}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="2"/>
           <c:tx>
             <c:strRef>
               <c:f>'Data and Charts by Unit'!$A$5</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
-                  <c:v>Unit Name (B wing)</c:v>
+                  <c:v>Unit Name (e.g., B wing)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent5"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:strRef>
               <c:f>('Data and Charts by Unit'!$B$2,'Data and Charts by Unit'!$F$2,'Data and Charts by Unit'!$J$2,'Data and Charts by Unit'!$N$2,'Data and Charts by Unit'!$R$2,'Data and Charts by Unit'!$V$2,'Data and Charts by Unit'!$B$15,'Data and Charts by Unit'!$F$15,'Data and Charts by Unit'!$J$15,'Data and Charts by Unit'!$N$15,'Data and Charts by Unit'!$R$15,'Data and Charts by Unit'!$V$15)</c:f>
               <c:strCache>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>January</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>February</c:v>
                 </c:pt>
@@ -3835,88 +3838,109 @@
                   <c:v>June</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>July</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>August</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>September</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>October</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>November</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>December</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>('Data and Charts by Unit'!$D$5,'Data and Charts by Unit'!$H$5,'Data and Charts by Unit'!$L$5,'Data and Charts by Unit'!$P$5,'Data and Charts by Unit'!$T$5)</c:f>
+              <c:f>('Data and Charts by Unit'!$D$5,'Data and Charts by Unit'!$H$5,'Data and Charts by Unit'!$L$5,'Data and Charts by Unit'!$P$5,'Data and Charts by Unit'!$T$5,'Data and Charts by Unit'!$X$5,'Data and Charts by Unit'!$D$18,'Data and Charts by Unit'!$H$18,'Data and Charts by Unit'!$L$18,'Data and Charts by Unit'!$P$18,'Data and Charts by Unit'!$T$18,'Data and Charts by Unit'!$X$18)</c:f>
               <c:numCache>
                 <c:formatCode>0%</c:formatCode>
-                <c:ptCount val="5"/>
+                <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>0.81818181818181823</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>0.69230769230769229</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>0.8</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="4">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="11">
                   <c:v>0</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000002-481D-4087-8324-0113B485E72F}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="4"/>
           <c:order val="3"/>
           <c:tx>
             <c:strRef>
               <c:f>'Data and Charts by Unit'!$A$6</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
-                  <c:v>Unit Name (C wing)</c:v>
+                  <c:v>Unit Name (e.g., C wing)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent3">
                 <a:lumMod val="60000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:strRef>
               <c:f>('Data and Charts by Unit'!$B$2,'Data and Charts by Unit'!$F$2,'Data and Charts by Unit'!$J$2,'Data and Charts by Unit'!$N$2,'Data and Charts by Unit'!$R$2,'Data and Charts by Unit'!$V$2,'Data and Charts by Unit'!$B$15,'Data and Charts by Unit'!$F$15,'Data and Charts by Unit'!$J$15,'Data and Charts by Unit'!$N$15,'Data and Charts by Unit'!$R$15,'Data and Charts by Unit'!$V$15)</c:f>
               <c:strCache>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>January</c:v>
                 </c:pt>
                 <c:pt idx="1">
@@ -4922,51 +4946,51 @@
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </c:txPr>
         <c:crossAx val="459497712"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:solidFill>
             <a:schemeClr val="accent3">
               <a:lumMod val="50000"/>
             </a:schemeClr>
           </a:solidFill>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:legend>
       <c:legendPos val="b"/>
       <c:layout>
         <c:manualLayout>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
-          <c:x val="0.29370932622577872"/>
+          <c:x val="0.1826842810411673"/>
           <c:y val="0.8968694370616922"/>
           <c:w val="0.70629067377422128"/>
           <c:h val="8.4779800789885479E-2"/>
         </c:manualLayout>
       </c:layout>
       <c:overlay val="0"/>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
       <c:txPr>
         <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr>
             <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="65000"/>
                   <a:lumOff val="35000"/>
                 </a:schemeClr>
               </a:solidFill>
@@ -5159,53 +5183,53 @@
                   <c:v>June</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>July</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>August</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>September</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>October</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>November</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>December</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>('[1]Mo. Data Table - by unit (2)'!$E$12,'[1]Mo. Data Table - by unit (2)'!$I$12,'[1]Mo. Data Table - by unit (2)'!$M$12,'[1]Mo. Data Table - by unit (2)'!$Q$12,'[1]Mo. Data Table - by unit (2)'!$U$12,'[1]Mo. Data Table - by unit (2)'!$Y$12,'[1]Mo. Data Table - by unit (2)'!$E$25,'[1]Mo. Data Table - by unit (2)'!$I$25,'[1]Mo. Data Table - by unit (2)'!$M$25,'[1]Mo. Data Table - by unit (2)'!$Q$25,'[1]Mo. Data Table - by unit (2)'!$U$25,'[1]Mo. Data Table - by unit (2)'!$Y$25)</c:f>
+              <c:f>('Data and Charts by Unit'!$E$12,'Data and Charts by Unit'!$I$12,'Data and Charts by Unit'!$M$12,'Data and Charts by Unit'!$Q$12,'Data and Charts by Unit'!$U$12,'Data and Charts by Unit'!$Y$12,'Data and Charts by Unit'!$E$25,'Data and Charts by Unit'!$I$25,'Data and Charts by Unit'!$M$25,'Data and Charts by Unit'!$Q$25,'Data and Charts by Unit'!$U$25,'Data and Charts by Unit'!$Y$25)</c:f>
               <c:numCache>
-                <c:formatCode>General</c:formatCode>
+                <c:formatCode>0%</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>0.83333333333333337</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>0.69767441860465118</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>0.75</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>0</c:v>
                 </c:pt>
@@ -5213,51 +5237,51 @@
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>0</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-4742-4206-A6B8-D1A61F721896}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
-              <c:f>'[1]Mo. Data Table - by unit (2)'!$A$4</c:f>
+              <c:f>'Data and Charts by Unit'!$A$4</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Unit Name (e.g., A wing)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent3"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:strRef>
               <c:f>('[1]Mo. Data Table - by unit (2)'!$B$2,'[1]Mo. Data Table - by unit (2)'!$F$2,'[1]Mo. Data Table - by unit (2)'!$J$2,'[1]Mo. Data Table - by unit (2)'!$N$2,'[1]Mo. Data Table - by unit (2)'!$R$2,'[1]Mo. Data Table - by unit (2)'!$V$2,'[1]Mo. Data Table - by unit (2)'!$B$15,'[1]Mo. Data Table - by unit (2)'!$F$15,'[1]Mo. Data Table - by unit (2)'!$J$15,'[1]Mo. Data Table - by unit (2)'!$N$15,'[1]Mo. Data Table - by unit (2)'!$R$15,'[1]Mo. Data Table - by unit (2)'!$V$15)</c:f>
               <c:strCache>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>January</c:v>
@@ -5278,53 +5302,53 @@
                   <c:v>June</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>July</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>August</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>September</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>October</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>November</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>December</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>('[1]Mo. Data Table - by unit (2)'!$E$4,'[1]Mo. Data Table - by unit (2)'!$I$4,'[1]Mo. Data Table - by unit (2)'!$M$4,'[1]Mo. Data Table - by unit (2)'!$Q$4,'[1]Mo. Data Table - by unit (2)'!$U$4,'[1]Mo. Data Table - by unit (2)'!$Y$4,'[1]Mo. Data Table - by unit (2)'!$E$17,'[1]Mo. Data Table - by unit (2)'!$I$17,'[1]Mo. Data Table - by unit (2)'!$M$17,'[1]Mo. Data Table - by unit (2)'!$Q$17,'[1]Mo. Data Table - by unit (2)'!$U$17,'[1]Mo. Data Table - by unit (2)'!$Y$17)</c:f>
+              <c:f>('Data and Charts by Unit'!$E$4,'Data and Charts by Unit'!$I$4,'Data and Charts by Unit'!$M$4,'Data and Charts by Unit'!$Q$4,'Data and Charts by Unit'!$U$4,'Data and Charts by Unit'!$Y$4,'Data and Charts by Unit'!$E$17,'Data and Charts by Unit'!$I$17,'Data and Charts by Unit'!$M$17,'Data and Charts by Unit'!$Q$17,'Data and Charts by Unit'!$U$17,'Data and Charts by Unit'!$Y$17)</c:f>
               <c:numCache>
-                <c:formatCode>General</c:formatCode>
+                <c:formatCode>0%</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>1</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>0.8</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>0.75</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>0</c:v>
                 </c:pt>
@@ -5332,51 +5356,51 @@
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>0</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-4742-4206-A6B8-D1A61F721896}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="2"/>
           <c:tx>
             <c:strRef>
-              <c:f>'[1]Mo. Data Table - by unit (2)'!$A$5</c:f>
+              <c:f>'Data and Charts by Unit'!$A$5</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Unit Name (e.g., B wing)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent5"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:strRef>
               <c:f>('[1]Mo. Data Table - by unit (2)'!$B$2,'[1]Mo. Data Table - by unit (2)'!$F$2,'[1]Mo. Data Table - by unit (2)'!$J$2,'[1]Mo. Data Table - by unit (2)'!$N$2,'[1]Mo. Data Table - by unit (2)'!$R$2,'[1]Mo. Data Table - by unit (2)'!$V$2,'[1]Mo. Data Table - by unit (2)'!$B$15,'[1]Mo. Data Table - by unit (2)'!$F$15,'[1]Mo. Data Table - by unit (2)'!$J$15,'[1]Mo. Data Table - by unit (2)'!$N$15,'[1]Mo. Data Table - by unit (2)'!$R$15,'[1]Mo. Data Table - by unit (2)'!$V$15)</c:f>
               <c:strCache>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>January</c:v>
@@ -5397,53 +5421,53 @@
                   <c:v>June</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>July</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>August</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>September</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>October</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>November</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>December</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>('[1]Mo. Data Table - by unit (2)'!$E$5,'[1]Mo. Data Table - by unit (2)'!$I$5,'[1]Mo. Data Table - by unit (2)'!$M$5,'[1]Mo. Data Table - by unit (2)'!$Q$5,'[1]Mo. Data Table - by unit (2)'!$U$5,'[1]Mo. Data Table - by unit (2)'!$Y$5,'[1]Mo. Data Table - by unit (2)'!$E$18,'[1]Mo. Data Table - by unit (2)'!$I$18,'[1]Mo. Data Table - by unit (2)'!$M$18,'[1]Mo. Data Table - by unit (2)'!$Q$18,'[1]Mo. Data Table - by unit (2)'!$U$18,'[1]Mo. Data Table - by unit (2)'!$Y$18)</c:f>
+              <c:f>('Data and Charts by Unit'!$E$5,'Data and Charts by Unit'!$I$5,'Data and Charts by Unit'!$M$5,'Data and Charts by Unit'!$Q$5,'Data and Charts by Unit'!$U$5,'Data and Charts by Unit'!$Y$5,'Data and Charts by Unit'!$E$18,'Data and Charts by Unit'!$I$18,'Data and Charts by Unit'!$M$18,'Data and Charts by Unit'!$Q$18,'Data and Charts by Unit'!$U$18,'Data and Charts by Unit'!$Y$18)</c:f>
               <c:numCache>
-                <c:formatCode>General</c:formatCode>
+                <c:formatCode>0%</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>0.81818181818181823</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>0.75</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>0.76923076923076927</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>0</c:v>
                 </c:pt>
@@ -5451,51 +5475,51 @@
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>0</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000002-4742-4206-A6B8-D1A61F721896}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="4"/>
           <c:order val="3"/>
           <c:tx>
             <c:strRef>
-              <c:f>'[1]Mo. Data Table - by unit (2)'!$A$6</c:f>
+              <c:f>'Data and Charts by Unit'!$A$6</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Unit Name (e.g., C wing)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent3">
                 <a:lumMod val="60000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:strRef>
               <c:f>('[1]Mo. Data Table - by unit (2)'!$B$2,'[1]Mo. Data Table - by unit (2)'!$F$2,'[1]Mo. Data Table - by unit (2)'!$J$2,'[1]Mo. Data Table - by unit (2)'!$N$2,'[1]Mo. Data Table - by unit (2)'!$R$2,'[1]Mo. Data Table - by unit (2)'!$V$2,'[1]Mo. Data Table - by unit (2)'!$B$15,'[1]Mo. Data Table - by unit (2)'!$F$15,'[1]Mo. Data Table - by unit (2)'!$J$15,'[1]Mo. Data Table - by unit (2)'!$N$15,'[1]Mo. Data Table - by unit (2)'!$R$15,'[1]Mo. Data Table - by unit (2)'!$V$15)</c:f>
               <c:strCache>
                 <c:ptCount val="12"/>
@@ -5518,53 +5542,53 @@
                   <c:v>June</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>July</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>August</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>September</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>October</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>November</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>December</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>('[1]Mo. Data Table - by unit (2)'!$E$6,'[1]Mo. Data Table - by unit (2)'!$I$6,'[1]Mo. Data Table - by unit (2)'!$M$6,'[1]Mo. Data Table - by unit (2)'!$Q$6,'[1]Mo. Data Table - by unit (2)'!$U$6,'[1]Mo. Data Table - by unit (2)'!$Y$6,'[1]Mo. Data Table - by unit (2)'!$E$19,'[1]Mo. Data Table - by unit (2)'!$I$19,'[1]Mo. Data Table - by unit (2)'!$M$19,'[1]Mo. Data Table - by unit (2)'!$Q$19,'[1]Mo. Data Table - by unit (2)'!$U$19,'[1]Mo. Data Table - by unit (2)'!$Y$19)</c:f>
+              <c:f>('Data and Charts by Unit'!$E$6,'Data and Charts by Unit'!$I$6,'Data and Charts by Unit'!$M$6,'Data and Charts by Unit'!$Q$6,'Data and Charts by Unit'!$U$6,'Data and Charts by Unit'!$Y$6,'Data and Charts by Unit'!$E$19,'Data and Charts by Unit'!$I$19,'Data and Charts by Unit'!$M$19,'Data and Charts by Unit'!$Q$19,'Data and Charts by Unit'!$U$19,'Data and Charts by Unit'!$Y$19)</c:f>
               <c:numCache>
-                <c:formatCode>General</c:formatCode>
+                <c:formatCode>0%</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>0.75</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>0.44444444444444442</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>0.7142857142857143</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>0</c:v>
                 </c:pt>
@@ -5572,55 +5596,55 @@
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>0</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000003-4742-4206-A6B8-D1A61F721896}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="5"/>
           <c:order val="4"/>
           <c:tx>
             <c:strRef>
-              <c:f>'[1]Mo. Data Table - by unit (2)'!$A$7</c:f>
+              <c:f>'Data and Charts by Unit'!$A$7</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
-                  <c:v>Unit Name (e.g., D wing)</c:v>
+                  <c:v>Unit Name </c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent5">
                 <a:lumMod val="60000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:strRef>
               <c:f>('[1]Mo. Data Table - by unit (2)'!$B$2,'[1]Mo. Data Table - by unit (2)'!$F$2,'[1]Mo. Data Table - by unit (2)'!$J$2,'[1]Mo. Data Table - by unit (2)'!$N$2,'[1]Mo. Data Table - by unit (2)'!$R$2,'[1]Mo. Data Table - by unit (2)'!$V$2,'[1]Mo. Data Table - by unit (2)'!$B$15,'[1]Mo. Data Table - by unit (2)'!$F$15,'[1]Mo. Data Table - by unit (2)'!$J$15,'[1]Mo. Data Table - by unit (2)'!$N$15,'[1]Mo. Data Table - by unit (2)'!$R$15,'[1]Mo. Data Table - by unit (2)'!$V$15)</c:f>
               <c:strCache>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>January</c:v>
                 </c:pt>
                 <c:pt idx="1">
@@ -5639,53 +5663,53 @@
                   <c:v>June</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>July</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>August</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>September</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>October</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>November</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>December</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>('[1]Mo. Data Table - by unit (2)'!$E$7,'[1]Mo. Data Table - by unit (2)'!$I$7,'[1]Mo. Data Table - by unit (2)'!$M$7,'[1]Mo. Data Table - by unit (2)'!$Q$7,'[1]Mo. Data Table - by unit (2)'!$U$7,'[1]Mo. Data Table - by unit (2)'!$Y$7,'[1]Mo. Data Table - by unit (2)'!$E$20,'[1]Mo. Data Table - by unit (2)'!$I$20,'[1]Mo. Data Table - by unit (2)'!$M$20,'[1]Mo. Data Table - by unit (2)'!$Q$20,'[1]Mo. Data Table - by unit (2)'!$U$20,'[1]Mo. Data Table - by unit (2)'!$Y$20)</c:f>
+              <c:f>('Data and Charts by Unit'!$E$7,'Data and Charts by Unit'!$I$7,'Data and Charts by Unit'!$M$7,'Data and Charts by Unit'!$Q$7,'Data and Charts by Unit'!$U$7,'Data and Charts by Unit'!$Y$7,'Data and Charts by Unit'!$E$20,'Data and Charts by Unit'!$I$20,'Data and Charts by Unit'!$M$20,'Data and Charts by Unit'!$Q$20,'Data and Charts by Unit'!$U$20,'Data and Charts by Unit'!$Y$20)</c:f>
               <c:numCache>
-                <c:formatCode>General</c:formatCode>
+                <c:formatCode>0%</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>0</c:v>
                 </c:pt>
@@ -5693,55 +5717,55 @@
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>0</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000004-4742-4206-A6B8-D1A61F721896}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="6"/>
           <c:order val="5"/>
           <c:tx>
             <c:strRef>
-              <c:f>'[1]Mo. Data Table - by unit (2)'!$A$8</c:f>
+              <c:f>'Data and Charts by Unit'!$A$8</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
-                  <c:v>Unit Name (e.g., E wing)</c:v>
+                  <c:v>Unit Name</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent1">
                 <a:lumMod val="80000"/>
                 <a:lumOff val="20000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:strRef>
               <c:f>('[1]Mo. Data Table - by unit (2)'!$B$2,'[1]Mo. Data Table - by unit (2)'!$F$2,'[1]Mo. Data Table - by unit (2)'!$J$2,'[1]Mo. Data Table - by unit (2)'!$N$2,'[1]Mo. Data Table - by unit (2)'!$R$2,'[1]Mo. Data Table - by unit (2)'!$V$2,'[1]Mo. Data Table - by unit (2)'!$B$15,'[1]Mo. Data Table - by unit (2)'!$F$15,'[1]Mo. Data Table - by unit (2)'!$J$15,'[1]Mo. Data Table - by unit (2)'!$N$15,'[1]Mo. Data Table - by unit (2)'!$R$15,'[1]Mo. Data Table - by unit (2)'!$V$15)</c:f>
               <c:strCache>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>January</c:v>
                 </c:pt>
@@ -5761,53 +5785,53 @@
                   <c:v>June</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>July</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>August</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>September</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>October</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>November</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>December</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>('[1]Mo. Data Table - by unit (2)'!$E$8,'[1]Mo. Data Table - by unit (2)'!$I$8,'[1]Mo. Data Table - by unit (2)'!$M$8,'[1]Mo. Data Table - by unit (2)'!$Q$8,'[1]Mo. Data Table - by unit (2)'!$U$8,'[1]Mo. Data Table - by unit (2)'!$Y$8,'[1]Mo. Data Table - by unit (2)'!$E$21,'[1]Mo. Data Table - by unit (2)'!$I$21,'[1]Mo. Data Table - by unit (2)'!$M$21,'[1]Mo. Data Table - by unit (2)'!$Q$21,'[1]Mo. Data Table - by unit (2)'!$U$21,'[1]Mo. Data Table - by unit (2)'!$Y$21)</c:f>
+              <c:f>('Data and Charts by Unit'!$E$8,'Data and Charts by Unit'!$I$8,'Data and Charts by Unit'!$M$8,'Data and Charts by Unit'!$Q$8,'Data and Charts by Unit'!$U$8,'Data and Charts by Unit'!$Y$8,'Data and Charts by Unit'!$E$21,'Data and Charts by Unit'!$I$21,'Data and Charts by Unit'!$M$21,'Data and Charts by Unit'!$Q$21,'Data and Charts by Unit'!$U$21,'Data and Charts by Unit'!$Y$21)</c:f>
               <c:numCache>
-                <c:formatCode>General</c:formatCode>
+                <c:formatCode>0%</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>0</c:v>
                 </c:pt>
@@ -5815,55 +5839,55 @@
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>0</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000005-4742-4206-A6B8-D1A61F721896}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="7"/>
           <c:order val="6"/>
           <c:tx>
             <c:strRef>
-              <c:f>'[1]Mo. Data Table - by unit (2)'!$A$9</c:f>
+              <c:f>'Data and Charts by Unit'!$A$9</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
-                  <c:v>Unit Name (e.g., F wing)</c:v>
+                  <c:v>Unit Name</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent3">
                 <a:lumMod val="80000"/>
                 <a:lumOff val="20000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:strRef>
               <c:f>('[1]Mo. Data Table - by unit (2)'!$B$2,'[1]Mo. Data Table - by unit (2)'!$F$2,'[1]Mo. Data Table - by unit (2)'!$J$2,'[1]Mo. Data Table - by unit (2)'!$N$2,'[1]Mo. Data Table - by unit (2)'!$R$2,'[1]Mo. Data Table - by unit (2)'!$V$2,'[1]Mo. Data Table - by unit (2)'!$B$15,'[1]Mo. Data Table - by unit (2)'!$F$15,'[1]Mo. Data Table - by unit (2)'!$J$15,'[1]Mo. Data Table - by unit (2)'!$N$15,'[1]Mo. Data Table - by unit (2)'!$R$15,'[1]Mo. Data Table - by unit (2)'!$V$15)</c:f>
               <c:strCache>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>January</c:v>
                 </c:pt>
@@ -5883,53 +5907,53 @@
                   <c:v>June</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>July</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>August</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>September</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>October</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>November</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>December</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>('[1]Mo. Data Table - by unit (2)'!$E$9,'[1]Mo. Data Table - by unit (2)'!$I$9,'[1]Mo. Data Table - by unit (2)'!$M$9,'[1]Mo. Data Table - by unit (2)'!$Q$9,'[1]Mo. Data Table - by unit (2)'!$U$9,'[1]Mo. Data Table - by unit (2)'!$Y$9,'[1]Mo. Data Table - by unit (2)'!$E$22,'[1]Mo. Data Table - by unit (2)'!$I$22,'[1]Mo. Data Table - by unit (2)'!$M$22,'[1]Mo. Data Table - by unit (2)'!$Q$22,'[1]Mo. Data Table - by unit (2)'!$U$22,'[1]Mo. Data Table - by unit (2)'!$Y$22)</c:f>
+              <c:f>('Data and Charts by Unit'!$E$9,'Data and Charts by Unit'!$I$9,'Data and Charts by Unit'!$M$9,'Data and Charts by Unit'!$Q$9,'Data and Charts by Unit'!$U$9,'Data and Charts by Unit'!$Y$9,'Data and Charts by Unit'!$E$22,'Data and Charts by Unit'!$I$22,'Data and Charts by Unit'!$M$22,'Data and Charts by Unit'!$Q$22,'Data and Charts by Unit'!$U$22,'Data and Charts by Unit'!$Y$22)</c:f>
               <c:numCache>
-                <c:formatCode>General</c:formatCode>
+                <c:formatCode>0%</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>0</c:v>
                 </c:pt>
@@ -5937,55 +5961,55 @@
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>0</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000006-4742-4206-A6B8-D1A61F721896}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="8"/>
           <c:order val="7"/>
           <c:tx>
             <c:strRef>
-              <c:f>'[1]Mo. Data Table - by unit (2)'!$A$10</c:f>
+              <c:f>'Data and Charts by Unit'!$A$10</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
-                  <c:v>Unit Name (e.g., G wing)</c:v>
+                  <c:v>Unit Name</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent5">
                 <a:lumMod val="80000"/>
                 <a:lumOff val="20000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:strRef>
               <c:f>('[1]Mo. Data Table - by unit (2)'!$B$2,'[1]Mo. Data Table - by unit (2)'!$F$2,'[1]Mo. Data Table - by unit (2)'!$J$2,'[1]Mo. Data Table - by unit (2)'!$N$2,'[1]Mo. Data Table - by unit (2)'!$R$2,'[1]Mo. Data Table - by unit (2)'!$V$2,'[1]Mo. Data Table - by unit (2)'!$B$15,'[1]Mo. Data Table - by unit (2)'!$F$15,'[1]Mo. Data Table - by unit (2)'!$J$15,'[1]Mo. Data Table - by unit (2)'!$N$15,'[1]Mo. Data Table - by unit (2)'!$R$15,'[1]Mo. Data Table - by unit (2)'!$V$15)</c:f>
               <c:strCache>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>January</c:v>
                 </c:pt>
@@ -6005,53 +6029,53 @@
                   <c:v>June</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>July</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>August</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>September</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>October</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>November</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>December</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>('[1]Mo. Data Table - by unit (2)'!$E$10,'[1]Mo. Data Table - by unit (2)'!$I$10,'[1]Mo. Data Table - by unit (2)'!$M$10,'[1]Mo. Data Table - by unit (2)'!$Q$10,'[1]Mo. Data Table - by unit (2)'!$U$10,'[1]Mo. Data Table - by unit (2)'!$Y$10,'[1]Mo. Data Table - by unit (2)'!$E$23,'[1]Mo. Data Table - by unit (2)'!$I$23,'[1]Mo. Data Table - by unit (2)'!$M$23,'[1]Mo. Data Table - by unit (2)'!$Q$23,'[1]Mo. Data Table - by unit (2)'!$U$23,'[1]Mo. Data Table - by unit (2)'!$Y$23)</c:f>
+              <c:f>('Data and Charts by Unit'!$E$10,'Data and Charts by Unit'!$I$10,'Data and Charts by Unit'!$M$10,'Data and Charts by Unit'!$Q$10,'Data and Charts by Unit'!$U$10,'Data and Charts by Unit'!$Y$10,'Data and Charts by Unit'!$E$23,'Data and Charts by Unit'!$I$23,'Data and Charts by Unit'!$M$23,'Data and Charts by Unit'!$Q$23,'Data and Charts by Unit'!$U$23,'Data and Charts by Unit'!$Y$23)</c:f>
               <c:numCache>
-                <c:formatCode>General</c:formatCode>
+                <c:formatCode>0%</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>0</c:v>
                 </c:pt>
@@ -6059,55 +6083,55 @@
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>0</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000007-4742-4206-A6B8-D1A61F721896}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="9"/>
           <c:order val="8"/>
           <c:tx>
             <c:strRef>
-              <c:f>'[1]Mo. Data Table - by unit (2)'!$A$11</c:f>
+              <c:f>'Data and Charts by Unit'!$A$11</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
-                  <c:v>Unit Name (e.g., H wing)</c:v>
+                  <c:v>Unit Name</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent1">
                 <a:lumMod val="80000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:strRef>
               <c:f>('[1]Mo. Data Table - by unit (2)'!$B$2,'[1]Mo. Data Table - by unit (2)'!$F$2,'[1]Mo. Data Table - by unit (2)'!$J$2,'[1]Mo. Data Table - by unit (2)'!$N$2,'[1]Mo. Data Table - by unit (2)'!$R$2,'[1]Mo. Data Table - by unit (2)'!$V$2,'[1]Mo. Data Table - by unit (2)'!$B$15,'[1]Mo. Data Table - by unit (2)'!$F$15,'[1]Mo. Data Table - by unit (2)'!$J$15,'[1]Mo. Data Table - by unit (2)'!$N$15,'[1]Mo. Data Table - by unit (2)'!$R$15,'[1]Mo. Data Table - by unit (2)'!$V$15)</c:f>
               <c:strCache>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>January</c:v>
                 </c:pt>
                 <c:pt idx="1">
@@ -6126,53 +6150,53 @@
                   <c:v>June</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>July</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>August</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>September</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>October</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>November</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>December</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>('[1]Mo. Data Table - by unit (2)'!$E$11,'[1]Mo. Data Table - by unit (2)'!$I$11,'[1]Mo. Data Table - by unit (2)'!$M$11,'[1]Mo. Data Table - by unit (2)'!$Q$11,'[1]Mo. Data Table - by unit (2)'!$U$11,'[1]Mo. Data Table - by unit (2)'!$Y$11,'[1]Mo. Data Table - by unit (2)'!$E$24,'[1]Mo. Data Table - by unit (2)'!$I$24,'[1]Mo. Data Table - by unit (2)'!$M$24,'[1]Mo. Data Table - by unit (2)'!$Q$24,'[1]Mo. Data Table - by unit (2)'!$U$24,'[1]Mo. Data Table - by unit (2)'!$Y$24)</c:f>
+              <c:f>('Data and Charts by Unit'!$E$11,'Data and Charts by Unit'!$I$11,'Data and Charts by Unit'!$M$11,'Data and Charts by Unit'!$Q$11,'Data and Charts by Unit'!$U$11,'Data and Charts by Unit'!$Y$11,'Data and Charts by Unit'!$E$24,'Data and Charts by Unit'!$I$24,'Data and Charts by Unit'!$M$24,'Data and Charts by Unit'!$Q$24,'Data and Charts by Unit'!$U$24,'Data and Charts by Unit'!$Y$24)</c:f>
               <c:numCache>
-                <c:formatCode>General</c:formatCode>
+                <c:formatCode>0%</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>0</c:v>
                 </c:pt>
@@ -6195,51 +6219,51 @@
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000008-4742-4206-A6B8-D1A61F721896}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="150"/>
         <c:axId val="459497712"/>
         <c:axId val="459494432"/>
       </c:barChart>
       <c:lineChart>
         <c:grouping val="standard"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="3"/>
           <c:order val="9"/>
           <c:tx>
             <c:strRef>
-              <c:f>'[1]Mo. Data Table - by unit (2)'!$A$28</c:f>
+              <c:f>'Data and Charts by Unit'!$A$28</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Goal</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln w="28575" cap="rnd">
               <a:solidFill>
                 <a:srgbClr val="C00000"/>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strRef>
               <c:f>('[1]Mo. Data Table - by unit (2)'!$B$2,'[1]Mo. Data Table - by unit (2)'!$F$2,'[1]Mo. Data Table - by unit (2)'!$J$2,'[1]Mo. Data Table - by unit (2)'!$N$2,'[1]Mo. Data Table - by unit (2)'!$R$2,'[1]Mo. Data Table - by unit (2)'!$V$2,'[1]Mo. Data Table - by unit (2)'!$B$15,'[1]Mo. Data Table - by unit (2)'!$F$15,'[1]Mo. Data Table - by unit (2)'!$J$15,'[1]Mo. Data Table - by unit (2)'!$N$15,'[1]Mo. Data Table - by unit (2)'!$R$15,'[1]Mo. Data Table - by unit (2)'!$V$15)</c:f>
               <c:strCache>
                 <c:ptCount val="12"/>
@@ -6262,53 +6286,53 @@
                   <c:v>June</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>July</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>August</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>September</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>October</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>November</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>December</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>'[1]Mo. Data Table - by unit (2)'!$B$28:$M$28</c:f>
+              <c:f>('Data and Charts by Unit'!$B$28,'Data and Charts by Unit'!$C$28,'Data and Charts by Unit'!$D$28,'Data and Charts by Unit'!$E$28,'Data and Charts by Unit'!$F$28,'Data and Charts by Unit'!$G$28,'Data and Charts by Unit'!$H$28,'Data and Charts by Unit'!$I$28,'Data and Charts by Unit'!$J$28,'Data and Charts by Unit'!$K$28,'Data and Charts by Unit'!$L$28,'Data and Charts by Unit'!$M$28)</c:f>
               <c:numCache>
-                <c:formatCode>General</c:formatCode>
+                <c:formatCode>0%</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>0.7</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>0.7</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>0.7</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>0.7</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>0.7</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>0.7</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>0.7</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>0.7</c:v>
                 </c:pt>
@@ -6452,51 +6476,51 @@
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:txPr>
             <a:bodyPr rot="-5400000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr>
                 <a:defRPr sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                   <a:solidFill>
                     <a:schemeClr val="tx1">
                       <a:lumMod val="65000"/>
                       <a:lumOff val="35000"/>
                     </a:schemeClr>
                   </a:solidFill>
                   <a:latin typeface="+mn-lt"/>
                   <a:ea typeface="+mn-ea"/>
                   <a:cs typeface="+mn-cs"/>
                 </a:defRPr>
               </a:pPr>
               <a:endParaRPr lang="en-US"/>
             </a:p>
           </c:txPr>
         </c:title>
-        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:numFmt formatCode="0%" sourceLinked="0"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
@@ -6505,52 +6529,52 @@
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </c:txPr>
         <c:crossAx val="459497712"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:solidFill>
             <a:schemeClr val="accent3">
               <a:lumMod val="50000"/>
             </a:schemeClr>
           </a:solidFill>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:legend>
       <c:legendPos val="b"/>
       <c:layout>
         <c:manualLayout>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
-          <c:x val="0.29370932622577872"/>
-          <c:y val="0.8968694370616922"/>
+          <c:x val="0.16331944757873507"/>
+          <c:y val="0.89424062528461545"/>
           <c:w val="0.70629067377422128"/>
           <c:h val="8.4779800789885479E-2"/>
         </c:manualLayout>
       </c:layout>
       <c:overlay val="0"/>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
       <c:txPr>
         <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr>
             <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="65000"/>
                   <a:lumOff val="35000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
@@ -6742,85 +6766,88 @@
                   <c:v>June</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>July</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>August</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>September</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>October</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>November</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>December</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>('Data and Charts by Staff'!$D$12,'Data and Charts by Staff'!$H$12,'Data and Charts by Staff'!$L$12,'Data and Charts by Staff'!$P$12,'Data and Charts by Staff'!$T$12,'Data and Charts by Staff'!$X$12,'Data and Charts by Staff'!$D$25,'Data and Charts by Staff'!$H$25,'Data and Charts by Staff'!$L$25,'Data and Charts by Staff'!$P$25,'Data and Charts by Staff'!$T$25)</c:f>
+              <c:f>('Data and Charts by Staff'!$D$12,'Data and Charts by Staff'!$H$12,'Data and Charts by Staff'!$L$12,'Data and Charts by Staff'!$P$12,'Data and Charts by Staff'!$T$12,'Data and Charts by Staff'!$X$12,'Data and Charts by Staff'!$D$25,'Data and Charts by Staff'!$H$25,'Data and Charts by Staff'!$L$25,'Data and Charts by Staff'!$P$25,'Data and Charts by Staff'!$T$25,'Data and Charts by Staff'!$X$25)</c:f>
               <c:numCache>
                 <c:formatCode>0%</c:formatCode>
-                <c:ptCount val="11"/>
+                <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>0.83333333333333337</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>0.6</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>0.82758620689655171</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="10">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="11">
                   <c:v>0</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-FEEA-4BEB-B302-1A1EA2D7A76F}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>'Data and Charts by Staff'!$A$4</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Provider</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
@@ -8319,73 +8346,88 @@
                   <c:v>June</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>July</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>August</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>September</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>October</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>November</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>December</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>('Data and Charts by Staff'!$E$4,'Data and Charts by Staff'!$I$4,'Data and Charts by Staff'!$M$4,'Data and Charts by Staff'!$Q$4,'Data and Charts by Staff'!$U$4,'Data and Charts by Staff'!$Y$4,'Data and Charts by Staff'!$E$17)</c:f>
+              <c:f>('Data and Charts by Staff'!$E$4,'Data and Charts by Staff'!$I$4,'Data and Charts by Staff'!$M$4,'Data and Charts by Staff'!$Q$4,'Data and Charts by Staff'!$U$4,'Data and Charts by Staff'!$Y$4,'Data and Charts by Staff'!$E$17,'Data and Charts by Staff'!$I$17,'Data and Charts by Staff'!$M$17,'Data and Charts by Staff'!$Q$17,'Data and Charts by Staff'!$U$17,'Data and Charts by Staff'!$Y$17)</c:f>
               <c:numCache>
                 <c:formatCode>0%</c:formatCode>
-                <c:ptCount val="7"/>
+                <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>1</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>0.8</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>0.75</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="6">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="11">
                   <c:v>0</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-6C43-4315-B6FF-E733D1B71C7B}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="2"/>
           <c:tx>
             <c:strRef>
               <c:f>'Data and Charts by Staff'!$A$5</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>RN/LPN</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
@@ -8544,64 +8586,88 @@
                   <c:v>June</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>July</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>August</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>September</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>October</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>November</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>December</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>('Data and Charts by Staff'!$E$6,'Data and Charts by Staff'!$I$6,'Data and Charts by Staff'!$M$6,'Data and Charts by Staff'!$Q$6)</c:f>
+              <c:f>('Data and Charts by Staff'!$E$6,'Data and Charts by Staff'!$I$6,'Data and Charts by Staff'!$M$6,'Data and Charts by Staff'!$Q$6,'Data and Charts by Staff'!$U$6,'Data and Charts by Staff'!$Y$6,'Data and Charts by Staff'!$E$19,'Data and Charts by Staff'!$I$19,'Data and Charts by Staff'!$M$19,'Data and Charts by Staff'!$Q$19,'Data and Charts by Staff'!$U$19,'Data and Charts by Staff'!$Y$19)</c:f>
               <c:numCache>
                 <c:formatCode>0%</c:formatCode>
-                <c:ptCount val="4"/>
+                <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>0.75</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>0.44444444444444442</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>0.7142857142857143</c:v>
                 </c:pt>
                 <c:pt idx="3">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="11">
                   <c:v>0</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000003-6C43-4315-B6FF-E733D1B71C7B}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="4"/>
           <c:order val="4"/>
           <c:tx>
             <c:strRef>
               <c:f>'Data and Charts by Staff'!$A$7</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Therapy</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
@@ -8641,58 +8707,88 @@
                   <c:v>June</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>July</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>August</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>September</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>October</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>November</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>December</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>('Data and Charts by Staff'!$E$7,'Data and Charts by Staff'!$I$7)</c:f>
+              <c:f>('Data and Charts by Staff'!$E$7,'Data and Charts by Staff'!$I$7,'Data and Charts by Staff'!$M$7,'Data and Charts by Staff'!$Q$7,'Data and Charts by Staff'!$U$7,'Data and Charts by Staff'!$Y$7,'Data and Charts by Staff'!$E$20,'Data and Charts by Staff'!$I$20,'Data and Charts by Staff'!$M$20,'Data and Charts by Staff'!$Q$20,'Data and Charts by Staff'!$U$20,'Data and Charts by Staff'!$Y$20)</c:f>
               <c:numCache>
                 <c:formatCode>0%</c:formatCode>
-                <c:ptCount val="2"/>
+                <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="1">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="11">
                   <c:v>0</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000004-6C43-4315-B6FF-E733D1B71C7B}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="5"/>
           <c:order val="5"/>
           <c:tx>
             <c:strRef>
               <c:f>'Data and Charts by Staff'!$A$8</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>EVS</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
@@ -8732,70 +8828,88 @@
                   <c:v>June</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>July</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>August</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>September</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>October</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>November</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>December</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>('Data and Charts by Staff'!$E$8,'Data and Charts by Staff'!$I$8,'Data and Charts by Staff'!$M$8,'Data and Charts by Staff'!$Q$8,'Data and Charts by Staff'!$U$8,'Data and Charts by Staff'!$Y$8)</c:f>
+              <c:f>('Data and Charts by Staff'!$E$8,'Data and Charts by Staff'!$I$8,'Data and Charts by Staff'!$M$8,'Data and Charts by Staff'!$Q$8,'Data and Charts by Staff'!$U$8,'Data and Charts by Staff'!$Y$8,'Data and Charts by Staff'!$E$21,'Data and Charts by Staff'!$I$21,'Data and Charts by Staff'!$M$21,'Data and Charts by Staff'!$Q$21,'Data and Charts by Staff'!$U$21,'Data and Charts by Staff'!$Y$21)</c:f>
               <c:numCache>
                 <c:formatCode>0%</c:formatCode>
-                <c:ptCount val="6"/>
+                <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="5">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="11">
                   <c:v>0</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000005-6C43-4315-B6FF-E733D1B71C7B}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="6"/>
           <c:order val="6"/>
           <c:tx>
             <c:strRef>
               <c:f>'Data and Charts by Staff'!$A$9</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Dietary</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
@@ -8958,58 +9072,88 @@
                   <c:v>June</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>July</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>August</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>September</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>October</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>November</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>December</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>('Data and Charts by Staff'!$E$10,'Data and Charts by Staff'!$I$10)</c:f>
+              <c:f>('Data and Charts by Staff'!$E$10,'Data and Charts by Staff'!$I$10,'Data and Charts by Staff'!$M$10,'Data and Charts by Staff'!$Q$10,'Data and Charts by Staff'!$U$10,'Data and Charts by Staff'!$Y$10,'Data and Charts by Staff'!$E$23,'Data and Charts by Staff'!$I$23,'Data and Charts by Staff'!$M$23,'Data and Charts by Staff'!$Q$23,'Data and Charts by Staff'!$U$23,'Data and Charts by Staff'!$Y$23)</c:f>
               <c:numCache>
                 <c:formatCode>0%</c:formatCode>
-                <c:ptCount val="2"/>
+                <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="1">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="11">
                   <c:v>0</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000007-6C43-4315-B6FF-E733D1B71C7B}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="150"/>
         <c:axId val="459497712"/>
         <c:axId val="459494432"/>
       </c:barChart>
       <c:lineChart>
         <c:grouping val="standard"/>
@@ -9500,206 +9644,206 @@
           <c:h val="0.70169568709274122"/>
         </c:manualLayout>
       </c:layout>
       <c:barChart>
         <c:barDir val="col"/>
         <c:grouping val="clustered"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:v>Facility Monthly % Compliance</c:v>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent1"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:strRef>
-              <c:f>('Data and Charts by Process'!$B$2,'Data and Charts by Process'!$B$2,'Data and Charts by Process'!$F$2,'Data and Charts by Process'!$J$2,'Data and Charts by Process'!$N$2,'Data and Charts by Process'!$R$2,'Data and Charts by Process'!$V$2,'Data and Charts by Process'!$B$15,'Data and Charts by Process'!$F$15,'Data and Charts by Process'!$J$15,'Data and Charts by Process'!$N$15,'Data and Charts by Process'!$R$15,'Data and Charts by Process'!$V$15)</c:f>
+              <c:f>('Data and Charts by Process'!$B$2,'Data and Charts by Process'!$F$2,'Data and Charts by Process'!$J$2,'Data and Charts by Process'!$N$2,'Data and Charts by Process'!$R$2,'Data and Charts by Process'!$V$2,'Data and Charts by Process'!$B$15,'Data and Charts by Process'!$F$15,'Data and Charts by Process'!$J$15,'Data and Charts by Process'!$N$15,'Data and Charts by Process'!$R$15,'Data and Charts by Process'!$V$15)</c:f>
               <c:strCache>
-                <c:ptCount val="13"/>
+                <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>January</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>January</c:v>
+                  <c:v>February</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>February</c:v>
+                  <c:v>March</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>March</c:v>
+                  <c:v>April</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>April</c:v>
+                  <c:v>May</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>May</c:v>
+                  <c:v>June</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>June</c:v>
+                  <c:v>July</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>July</c:v>
+                  <c:v>August</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>August</c:v>
+                  <c:v>September</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>September</c:v>
+                  <c:v>October</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>October</c:v>
+                  <c:v>November</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>November</c:v>
-[...1 lines deleted...]
-                <c:pt idx="12">
                   <c:v>December</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>('Data and Charts by Process'!$D$12,'Data and Charts by Process'!$H$12,'Data and Charts by Process'!$L$12,'Data and Charts by Process'!$P$12,'Data and Charts by Process'!$T$12,'Data and Charts by Process'!$X$12,'Data and Charts by Process'!$D$25,'Data and Charts by Process'!$H$25,'Data and Charts by Process'!$L$25,'Data and Charts by Process'!$P$25)</c:f>
+              <c:f>('Data and Charts by Process'!$D$12,'Data and Charts by Process'!$H$12,'Data and Charts by Process'!$L$12,'Data and Charts by Process'!$P$12,'Data and Charts by Process'!$T$12,'Data and Charts by Process'!$X$12,'Data and Charts by Process'!$D$25,'Data and Charts by Process'!$H$25,'Data and Charts by Process'!$L$25,'Data and Charts by Process'!$P$25,'Data and Charts by Process'!$T$25,'Data and Charts by Process'!$X$25)</c:f>
               <c:numCache>
                 <c:formatCode>0%</c:formatCode>
-                <c:ptCount val="10"/>
+                <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>0.83333333333333337</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>0.6</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>0.82758620689655171</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="9">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="11">
                   <c:v>0</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-9C7B-472C-8459-FEE2DCF43665}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>'Data and Charts by Process'!$A$4</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Room entry</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent3"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:strRef>
-              <c:f>('Data and Charts by Process'!$B$2,'Data and Charts by Process'!$B$2,'Data and Charts by Process'!$F$2,'Data and Charts by Process'!$J$2,'Data and Charts by Process'!$N$2,'Data and Charts by Process'!$R$2,'Data and Charts by Process'!$V$2,'Data and Charts by Process'!$B$15,'Data and Charts by Process'!$F$15,'Data and Charts by Process'!$J$15,'Data and Charts by Process'!$N$15,'Data and Charts by Process'!$R$15,'Data and Charts by Process'!$V$15)</c:f>
+              <c:f>('Data and Charts by Process'!$B$2,'Data and Charts by Process'!$F$2,'Data and Charts by Process'!$J$2,'Data and Charts by Process'!$N$2,'Data and Charts by Process'!$R$2,'Data and Charts by Process'!$V$2,'Data and Charts by Process'!$B$15,'Data and Charts by Process'!$F$15,'Data and Charts by Process'!$J$15,'Data and Charts by Process'!$N$15,'Data and Charts by Process'!$R$15,'Data and Charts by Process'!$V$15)</c:f>
               <c:strCache>
-                <c:ptCount val="13"/>
+                <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>January</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>January</c:v>
+                  <c:v>February</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>February</c:v>
+                  <c:v>March</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>March</c:v>
+                  <c:v>April</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>April</c:v>
+                  <c:v>May</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>May</c:v>
+                  <c:v>June</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>June</c:v>
+                  <c:v>July</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>July</c:v>
+                  <c:v>August</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>August</c:v>
+                  <c:v>September</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>September</c:v>
+                  <c:v>October</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>October</c:v>
+                  <c:v>November</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>November</c:v>
-[...1 lines deleted...]
-                <c:pt idx="12">
                   <c:v>December</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>('Data and Charts by Process'!$D$4,'Data and Charts by Process'!$H$4,'Data and Charts by Process'!$L$4,'Data and Charts by Process'!$P$4,'Data and Charts by Process'!$T$4,'Data and Charts by Process'!$X$4,'Data and Charts by Process'!$D$17,'Data and Charts by Process'!$H$17,'Data and Charts by Process'!$L$17,'Data and Charts by Process'!$P$17,'Data and Charts by Process'!$T$17,'Data and Charts by Process'!$X$17)</c:f>
               <c:numCache>
                 <c:formatCode>0%</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>1</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>0.7142857142857143</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>0.5</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>0</c:v>
@@ -9738,90 +9882,87 @@
           <c:idx val="2"/>
           <c:order val="2"/>
           <c:tx>
             <c:strRef>
               <c:f>'Data and Charts by Process'!$A$5</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Room exit</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent5"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:strRef>
-              <c:f>('Data and Charts by Process'!$B$2,'Data and Charts by Process'!$B$2,'Data and Charts by Process'!$F$2,'Data and Charts by Process'!$J$2,'Data and Charts by Process'!$N$2,'Data and Charts by Process'!$R$2,'Data and Charts by Process'!$V$2,'Data and Charts by Process'!$B$15,'Data and Charts by Process'!$F$15,'Data and Charts by Process'!$J$15,'Data and Charts by Process'!$N$15,'Data and Charts by Process'!$R$15,'Data and Charts by Process'!$V$15)</c:f>
+              <c:f>('Data and Charts by Process'!$B$2,'Data and Charts by Process'!$F$2,'Data and Charts by Process'!$J$2,'Data and Charts by Process'!$N$2,'Data and Charts by Process'!$R$2,'Data and Charts by Process'!$V$2,'Data and Charts by Process'!$B$15,'Data and Charts by Process'!$F$15,'Data and Charts by Process'!$J$15,'Data and Charts by Process'!$N$15,'Data and Charts by Process'!$R$15,'Data and Charts by Process'!$V$15)</c:f>
               <c:strCache>
-                <c:ptCount val="13"/>
+                <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>January</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>January</c:v>
+                  <c:v>February</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>February</c:v>
+                  <c:v>March</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>March</c:v>
+                  <c:v>April</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>April</c:v>
+                  <c:v>May</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>May</c:v>
+                  <c:v>June</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>June</c:v>
+                  <c:v>July</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>July</c:v>
+                  <c:v>August</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>August</c:v>
+                  <c:v>September</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>September</c:v>
+                  <c:v>October</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>October</c:v>
+                  <c:v>November</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>November</c:v>
-[...1 lines deleted...]
-                <c:pt idx="12">
                   <c:v>December</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>('Data and Charts by Process'!$D$5,'Data and Charts by Process'!$H$5,'Data and Charts by Process'!$L$5,'Data and Charts by Process'!$P$5,'Data and Charts by Process'!$T$5,'Data and Charts by Process'!$X$5,'Data and Charts by Process'!$D$18,'Data and Charts by Process'!$H$18,'Data and Charts by Process'!$L$18,'Data and Charts by Process'!$P$18,'Data and Charts by Process'!$T$18,'Data and Charts by Process'!$X$18)</c:f>
               <c:numCache>
                 <c:formatCode>0%</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>0.81818181818181823</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>0.69230769230769229</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>0.8</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>0</c:v>
@@ -9862,90 +10003,87 @@
           <c:tx>
             <c:strRef>
               <c:f>'Data and Charts by Process'!$A$6</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Before patient contact</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent1">
                 <a:lumMod val="60000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:strRef>
-              <c:f>('Data and Charts by Process'!$B$2,'Data and Charts by Process'!$B$2,'Data and Charts by Process'!$F$2,'Data and Charts by Process'!$J$2,'Data and Charts by Process'!$N$2,'Data and Charts by Process'!$R$2,'Data and Charts by Process'!$V$2,'Data and Charts by Process'!$B$15,'Data and Charts by Process'!$F$15,'Data and Charts by Process'!$J$15,'Data and Charts by Process'!$N$15,'Data and Charts by Process'!$R$15,'Data and Charts by Process'!$V$15)</c:f>
+              <c:f>('Data and Charts by Process'!$B$2,'Data and Charts by Process'!$F$2,'Data and Charts by Process'!$J$2,'Data and Charts by Process'!$N$2,'Data and Charts by Process'!$R$2,'Data and Charts by Process'!$V$2,'Data and Charts by Process'!$B$15,'Data and Charts by Process'!$F$15,'Data and Charts by Process'!$J$15,'Data and Charts by Process'!$N$15,'Data and Charts by Process'!$R$15,'Data and Charts by Process'!$V$15)</c:f>
               <c:strCache>
-                <c:ptCount val="13"/>
+                <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>January</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>January</c:v>
+                  <c:v>February</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>February</c:v>
+                  <c:v>March</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>March</c:v>
+                  <c:v>April</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>April</c:v>
+                  <c:v>May</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>May</c:v>
+                  <c:v>June</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>June</c:v>
+                  <c:v>July</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>July</c:v>
+                  <c:v>August</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>August</c:v>
+                  <c:v>September</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>September</c:v>
+                  <c:v>October</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>October</c:v>
+                  <c:v>November</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>November</c:v>
-[...1 lines deleted...]
-                <c:pt idx="12">
                   <c:v>December</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>('Data and Charts by Process'!$D$6,'Data and Charts by Process'!$H$6,'Data and Charts by Process'!$L$6,'Data and Charts by Process'!$P$6,'Data and Charts by Process'!$T$6,'Data and Charts by Process'!$X$6,'Data and Charts by Process'!$D$19,'Data and Charts by Process'!$H$19,'Data and Charts by Process'!$L$19,'Data and Charts by Process'!$P$19,'Data and Charts by Process'!$T$19,'Data and Charts by Process'!$X$19)</c:f>
               <c:numCache>
                 <c:formatCode>0%</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>0.75</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>0.2</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>0.91666666666666663</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>0</c:v>
@@ -9986,90 +10124,87 @@
           <c:tx>
             <c:strRef>
               <c:f>'Data and Charts by Process'!$A$7</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>After patient contact</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent3">
                 <a:lumMod val="60000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:strRef>
-              <c:f>('Data and Charts by Process'!$B$2,'Data and Charts by Process'!$B$2,'Data and Charts by Process'!$F$2,'Data and Charts by Process'!$J$2,'Data and Charts by Process'!$N$2,'Data and Charts by Process'!$R$2,'Data and Charts by Process'!$V$2,'Data and Charts by Process'!$B$15,'Data and Charts by Process'!$F$15,'Data and Charts by Process'!$J$15,'Data and Charts by Process'!$N$15,'Data and Charts by Process'!$R$15,'Data and Charts by Process'!$V$15)</c:f>
+              <c:f>('Data and Charts by Process'!$B$2,'Data and Charts by Process'!$F$2,'Data and Charts by Process'!$J$2,'Data and Charts by Process'!$N$2,'Data and Charts by Process'!$R$2,'Data and Charts by Process'!$V$2,'Data and Charts by Process'!$B$15,'Data and Charts by Process'!$F$15,'Data and Charts by Process'!$J$15,'Data and Charts by Process'!$N$15,'Data and Charts by Process'!$R$15,'Data and Charts by Process'!$V$15)</c:f>
               <c:strCache>
-                <c:ptCount val="13"/>
+                <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>January</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>January</c:v>
+                  <c:v>February</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>February</c:v>
+                  <c:v>March</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>March</c:v>
+                  <c:v>April</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>April</c:v>
+                  <c:v>May</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>May</c:v>
+                  <c:v>June</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>June</c:v>
+                  <c:v>July</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>July</c:v>
+                  <c:v>August</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>August</c:v>
+                  <c:v>September</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>September</c:v>
+                  <c:v>October</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>October</c:v>
+                  <c:v>November</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>November</c:v>
-[...1 lines deleted...]
-                <c:pt idx="12">
                   <c:v>December</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>('Data and Charts by Process'!$D$7,'Data and Charts by Process'!$H$7,'Data and Charts by Process'!$L$7,'Data and Charts by Process'!$P$7,'Data and Charts by Process'!$T$7,'Data and Charts by Process'!$X$7,'Data and Charts by Process'!$D$20,'Data and Charts by Process'!$H$20,'Data and Charts by Process'!$L$20,'Data and Charts by Process'!$P$20,'Data and Charts by Process'!$T$20,'Data and Charts by Process'!$X$20)</c:f>
               <c:numCache>
                 <c:formatCode>0%</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>0</c:v>
@@ -10110,90 +10245,87 @@
           <c:tx>
             <c:strRef>
               <c:f>'Data and Charts by Process'!$A$8</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>After glove removal</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent5">
                 <a:lumMod val="60000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:strRef>
-              <c:f>('Data and Charts by Process'!$B$2,'Data and Charts by Process'!$B$2,'Data and Charts by Process'!$F$2,'Data and Charts by Process'!$J$2,'Data and Charts by Process'!$N$2,'Data and Charts by Process'!$R$2,'Data and Charts by Process'!$V$2,'Data and Charts by Process'!$B$15,'Data and Charts by Process'!$F$15,'Data and Charts by Process'!$J$15,'Data and Charts by Process'!$N$15,'Data and Charts by Process'!$R$15,'Data and Charts by Process'!$V$15)</c:f>
+              <c:f>('Data and Charts by Process'!$B$2,'Data and Charts by Process'!$F$2,'Data and Charts by Process'!$J$2,'Data and Charts by Process'!$N$2,'Data and Charts by Process'!$R$2,'Data and Charts by Process'!$V$2,'Data and Charts by Process'!$B$15,'Data and Charts by Process'!$F$15,'Data and Charts by Process'!$J$15,'Data and Charts by Process'!$N$15,'Data and Charts by Process'!$R$15,'Data and Charts by Process'!$V$15)</c:f>
               <c:strCache>
-                <c:ptCount val="13"/>
+                <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>January</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>January</c:v>
+                  <c:v>February</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>February</c:v>
+                  <c:v>March</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>March</c:v>
+                  <c:v>April</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>April</c:v>
+                  <c:v>May</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>May</c:v>
+                  <c:v>June</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>June</c:v>
+                  <c:v>July</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>July</c:v>
+                  <c:v>August</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>August</c:v>
+                  <c:v>September</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>September</c:v>
+                  <c:v>October</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>October</c:v>
+                  <c:v>November</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>November</c:v>
-[...1 lines deleted...]
-                <c:pt idx="12">
                   <c:v>December</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>('Data and Charts by Process'!$D$8,'Data and Charts by Process'!$H$8,'Data and Charts by Process'!$L$8,'Data and Charts by Process'!$P$8,'Data and Charts by Process'!$T$8,'Data and Charts by Process'!$X$8,'Data and Charts by Process'!$D$21,'Data and Charts by Process'!$H$21,'Data and Charts by Process'!$L$21,'Data and Charts by Process'!$P$21,'Data and Charts by Process'!$T$21,'Data and Charts by Process'!$X$21)</c:f>
               <c:numCache>
                 <c:formatCode>0%</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>0</c:v>
@@ -10235,182 +10367,209 @@
             <c:strRef>
               <c:f>'Data and Charts by Process'!$A$9</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Before clean task</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent1">
                 <a:lumMod val="80000"/>
                 <a:lumOff val="20000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:strRef>
-              <c:f>('Data and Charts by Process'!$B$2,'Data and Charts by Process'!$B$2,'Data and Charts by Process'!$F$2,'Data and Charts by Process'!$J$2,'Data and Charts by Process'!$N$2,'Data and Charts by Process'!$R$2,'Data and Charts by Process'!$V$2,'Data and Charts by Process'!$B$15,'Data and Charts by Process'!$F$15,'Data and Charts by Process'!$J$15,'Data and Charts by Process'!$N$15,'Data and Charts by Process'!$R$15,'Data and Charts by Process'!$V$15)</c:f>
+              <c:f>('Data and Charts by Process'!$B$2,'Data and Charts by Process'!$F$2,'Data and Charts by Process'!$J$2,'Data and Charts by Process'!$N$2,'Data and Charts by Process'!$R$2,'Data and Charts by Process'!$V$2,'Data and Charts by Process'!$B$15,'Data and Charts by Process'!$F$15,'Data and Charts by Process'!$J$15,'Data and Charts by Process'!$N$15,'Data and Charts by Process'!$R$15,'Data and Charts by Process'!$V$15)</c:f>
               <c:strCache>
-                <c:ptCount val="13"/>
+                <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>January</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>January</c:v>
+                  <c:v>February</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>February</c:v>
+                  <c:v>March</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>March</c:v>
+                  <c:v>April</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>April</c:v>
+                  <c:v>May</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>May</c:v>
+                  <c:v>June</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>June</c:v>
+                  <c:v>July</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>July</c:v>
+                  <c:v>August</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>August</c:v>
+                  <c:v>September</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>September</c:v>
+                  <c:v>October</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>October</c:v>
+                  <c:v>November</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>November</c:v>
-[...1 lines deleted...]
-                <c:pt idx="12">
                   <c:v>December</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>'Data and Charts by Process'!$D$9</c:f>
+              <c:f>('Data and Charts by Process'!$D$9,'Data and Charts by Process'!$H$9,'Data and Charts by Process'!$L$9,'Data and Charts by Process'!$P$9,'Data and Charts by Process'!$T$9,'Data and Charts by Process'!$X$9,'Data and Charts by Process'!$D$22,'Data and Charts by Process'!$H$22,'Data and Charts by Process'!$L$22,'Data and Charts by Process'!$P$22,'Data and Charts by Process'!$T$22,'Data and Charts by Process'!$X$22)</c:f>
               <c:numCache>
                 <c:formatCode>0%</c:formatCode>
-                <c:ptCount val="1"/>
+                <c:ptCount val="12"/>
                 <c:pt idx="0">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="11">
                   <c:v>0</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000006-9C7B-472C-8459-FEE2DCF43665}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="7"/>
           <c:order val="7"/>
           <c:tx>
             <c:strRef>
               <c:f>'Data and Charts by Process'!$A$10</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>After dirty task</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent3">
                 <a:lumMod val="80000"/>
                 <a:lumOff val="20000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:strRef>
-              <c:f>('Data and Charts by Process'!$B$2,'Data and Charts by Process'!$B$2,'Data and Charts by Process'!$F$2,'Data and Charts by Process'!$J$2,'Data and Charts by Process'!$N$2,'Data and Charts by Process'!$R$2,'Data and Charts by Process'!$V$2,'Data and Charts by Process'!$B$15,'Data and Charts by Process'!$F$15,'Data and Charts by Process'!$J$15,'Data and Charts by Process'!$N$15,'Data and Charts by Process'!$R$15,'Data and Charts by Process'!$V$15)</c:f>
+              <c:f>('Data and Charts by Process'!$B$2,'Data and Charts by Process'!$F$2,'Data and Charts by Process'!$J$2,'Data and Charts by Process'!$N$2,'Data and Charts by Process'!$R$2,'Data and Charts by Process'!$V$2,'Data and Charts by Process'!$B$15,'Data and Charts by Process'!$F$15,'Data and Charts by Process'!$J$15,'Data and Charts by Process'!$N$15,'Data and Charts by Process'!$R$15,'Data and Charts by Process'!$V$15)</c:f>
               <c:strCache>
-                <c:ptCount val="13"/>
+                <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>January</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>January</c:v>
+                  <c:v>February</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>February</c:v>
+                  <c:v>March</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>March</c:v>
+                  <c:v>April</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>April</c:v>
+                  <c:v>May</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>May</c:v>
+                  <c:v>June</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>June</c:v>
+                  <c:v>July</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>July</c:v>
+                  <c:v>August</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>August</c:v>
+                  <c:v>September</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>September</c:v>
+                  <c:v>October</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>October</c:v>
+                  <c:v>November</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>November</c:v>
-[...1 lines deleted...]
-                <c:pt idx="12">
                   <c:v>December</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>('Data and Charts by Process'!$D$10,'Data and Charts by Process'!$H$10,'Data and Charts by Process'!$L$10,'Data and Charts by Process'!$P$10,'Data and Charts by Process'!$T$10,'Data and Charts by Process'!$X$10,'Data and Charts by Process'!$D$23,'Data and Charts by Process'!$H$23,'Data and Charts by Process'!$L$23,'Data and Charts by Process'!$P$23,'Data and Charts by Process'!$T$23,'Data and Charts by Process'!$X$23)</c:f>
               <c:numCache>
                 <c:formatCode>0%</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>0</c:v>
@@ -11067,90 +11226,87 @@
           <c:h val="0.70169568709274122"/>
         </c:manualLayout>
       </c:layout>
       <c:barChart>
         <c:barDir val="col"/>
         <c:grouping val="clustered"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:v>Facility YTD % Compliance</c:v>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent1"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:strRef>
-              <c:f>('Data and Charts by Process'!$B$2,'Data and Charts by Process'!$B$2,'Data and Charts by Process'!$F$2,'Data and Charts by Process'!$J$2,'Data and Charts by Process'!$N$2,'Data and Charts by Process'!$R$2,'Data and Charts by Process'!$V$2,'Data and Charts by Process'!$B$15,'Data and Charts by Process'!$F$15,'Data and Charts by Process'!$J$15,'Data and Charts by Process'!$N$15,'Data and Charts by Process'!$R$15,'Data and Charts by Process'!$V$15)</c:f>
+              <c:f>('Data and Charts by Process'!$B$2,'Data and Charts by Process'!$F$2,'Data and Charts by Process'!$J$2,'Data and Charts by Process'!$N$2,'Data and Charts by Process'!$R$2,'Data and Charts by Process'!$V$2,'Data and Charts by Process'!$B$15,'Data and Charts by Process'!$F$15,'Data and Charts by Process'!$J$15,'Data and Charts by Process'!$N$15,'Data and Charts by Process'!$R$15,'Data and Charts by Process'!$V$15)</c:f>
               <c:strCache>
-                <c:ptCount val="13"/>
+                <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>January</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>January</c:v>
+                  <c:v>February</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>February</c:v>
+                  <c:v>March</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>March</c:v>
+                  <c:v>April</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>April</c:v>
+                  <c:v>May</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>May</c:v>
+                  <c:v>June</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>June</c:v>
+                  <c:v>July</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>July</c:v>
+                  <c:v>August</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>August</c:v>
+                  <c:v>September</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>September</c:v>
+                  <c:v>October</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>October</c:v>
+                  <c:v>November</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>November</c:v>
-[...1 lines deleted...]
-                <c:pt idx="12">
                   <c:v>December</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>('Data and Charts by Process'!$E$12,'Data and Charts by Process'!$I$12,'Data and Charts by Process'!$M$12,'Data and Charts by Process'!$Q$12,'Data and Charts by Process'!$U$12,'Data and Charts by Process'!$Y$12,'Data and Charts by Process'!$E$25,'Data and Charts by Process'!$I$25,'Data and Charts by Process'!$M$25,'Data and Charts by Process'!$Q$25,'Data and Charts by Process'!$U$25,'Data and Charts by Process'!$Y$25)</c:f>
               <c:numCache>
                 <c:formatCode>0%</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>0.83333333333333337</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>0.69767441860465118</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>0.75</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>0</c:v>
@@ -11189,90 +11345,87 @@
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>'Data and Charts by Process'!$A$4</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Room entry</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent3"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:strRef>
-              <c:f>('Data and Charts by Process'!$B$2,'Data and Charts by Process'!$B$2,'Data and Charts by Process'!$F$2,'Data and Charts by Process'!$J$2,'Data and Charts by Process'!$N$2,'Data and Charts by Process'!$R$2,'Data and Charts by Process'!$V$2,'Data and Charts by Process'!$B$15,'Data and Charts by Process'!$F$15,'Data and Charts by Process'!$J$15,'Data and Charts by Process'!$N$15,'Data and Charts by Process'!$R$15,'Data and Charts by Process'!$V$15)</c:f>
+              <c:f>('Data and Charts by Process'!$B$2,'Data and Charts by Process'!$F$2,'Data and Charts by Process'!$J$2,'Data and Charts by Process'!$N$2,'Data and Charts by Process'!$R$2,'Data and Charts by Process'!$V$2,'Data and Charts by Process'!$B$15,'Data and Charts by Process'!$F$15,'Data and Charts by Process'!$J$15,'Data and Charts by Process'!$N$15,'Data and Charts by Process'!$R$15,'Data and Charts by Process'!$V$15)</c:f>
               <c:strCache>
-                <c:ptCount val="13"/>
+                <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>January</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>January</c:v>
+                  <c:v>February</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>February</c:v>
+                  <c:v>March</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>March</c:v>
+                  <c:v>April</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>April</c:v>
+                  <c:v>May</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>May</c:v>
+                  <c:v>June</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>June</c:v>
+                  <c:v>July</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>July</c:v>
+                  <c:v>August</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>August</c:v>
+                  <c:v>September</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>September</c:v>
+                  <c:v>October</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>October</c:v>
+                  <c:v>November</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>November</c:v>
-[...1 lines deleted...]
-                <c:pt idx="12">
                   <c:v>December</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>('Data and Charts by Process'!$E$4,'Data and Charts by Process'!$I$4,'Data and Charts by Process'!$M$4,'Data and Charts by Process'!$Q$4,'Data and Charts by Process'!$U$4,'Data and Charts by Process'!$Y$4,'Data and Charts by Process'!$E$17,'Data and Charts by Process'!$I$17,'Data and Charts by Process'!$M$17,'Data and Charts by Process'!$Q$17,'Data and Charts by Process'!$U$17,'Data and Charts by Process'!$Y$17)</c:f>
               <c:numCache>
                 <c:formatCode>0%</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>1</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>0.8</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>0.75</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>0</c:v>
@@ -11311,90 +11464,87 @@
           <c:idx val="2"/>
           <c:order val="2"/>
           <c:tx>
             <c:strRef>
               <c:f>'Data and Charts by Process'!$A$5</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Room exit</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent5"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:strRef>
-              <c:f>('Data and Charts by Process'!$B$2,'Data and Charts by Process'!$B$2,'Data and Charts by Process'!$F$2,'Data and Charts by Process'!$J$2,'Data and Charts by Process'!$N$2,'Data and Charts by Process'!$R$2,'Data and Charts by Process'!$V$2,'Data and Charts by Process'!$B$15,'Data and Charts by Process'!$F$15,'Data and Charts by Process'!$J$15,'Data and Charts by Process'!$N$15,'Data and Charts by Process'!$R$15,'Data and Charts by Process'!$V$15)</c:f>
+              <c:f>('Data and Charts by Process'!$B$2,'Data and Charts by Process'!$F$2,'Data and Charts by Process'!$J$2,'Data and Charts by Process'!$N$2,'Data and Charts by Process'!$R$2,'Data and Charts by Process'!$V$2,'Data and Charts by Process'!$B$15,'Data and Charts by Process'!$F$15,'Data and Charts by Process'!$J$15,'Data and Charts by Process'!$N$15,'Data and Charts by Process'!$R$15,'Data and Charts by Process'!$V$15)</c:f>
               <c:strCache>
-                <c:ptCount val="13"/>
+                <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>January</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>January</c:v>
+                  <c:v>February</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>February</c:v>
+                  <c:v>March</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>March</c:v>
+                  <c:v>April</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>April</c:v>
+                  <c:v>May</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>May</c:v>
+                  <c:v>June</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>June</c:v>
+                  <c:v>July</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>July</c:v>
+                  <c:v>August</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>August</c:v>
+                  <c:v>September</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>September</c:v>
+                  <c:v>October</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>October</c:v>
+                  <c:v>November</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>November</c:v>
-[...1 lines deleted...]
-                <c:pt idx="12">
                   <c:v>December</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>('Data and Charts by Process'!$E$5,'Data and Charts by Process'!$I$5,'Data and Charts by Process'!$M$5,'Data and Charts by Process'!$Q$5,'Data and Charts by Process'!$U$5,'Data and Charts by Process'!$Y$5,'Data and Charts by Process'!$E$18,'Data and Charts by Process'!$I$18,'Data and Charts by Process'!$M$18,'Data and Charts by Process'!$Q$18,'Data and Charts by Process'!$U$18,'Data and Charts by Process'!$Y$18)</c:f>
               <c:numCache>
                 <c:formatCode>0%</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>0.81818181818181823</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>0.75</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>0.76923076923076927</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>0</c:v>
@@ -11435,90 +11585,87 @@
           <c:tx>
             <c:strRef>
               <c:f>'Data and Charts by Process'!$A$6</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Before patient contact</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent1">
                 <a:lumMod val="60000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:strRef>
-              <c:f>('Data and Charts by Process'!$B$2,'Data and Charts by Process'!$B$2,'Data and Charts by Process'!$F$2,'Data and Charts by Process'!$J$2,'Data and Charts by Process'!$N$2,'Data and Charts by Process'!$R$2,'Data and Charts by Process'!$V$2,'Data and Charts by Process'!$B$15,'Data and Charts by Process'!$F$15,'Data and Charts by Process'!$J$15,'Data and Charts by Process'!$N$15,'Data and Charts by Process'!$R$15,'Data and Charts by Process'!$V$15)</c:f>
+              <c:f>('Data and Charts by Process'!$B$2,'Data and Charts by Process'!$F$2,'Data and Charts by Process'!$J$2,'Data and Charts by Process'!$N$2,'Data and Charts by Process'!$R$2,'Data and Charts by Process'!$V$2,'Data and Charts by Process'!$B$15,'Data and Charts by Process'!$F$15,'Data and Charts by Process'!$J$15,'Data and Charts by Process'!$N$15,'Data and Charts by Process'!$R$15,'Data and Charts by Process'!$V$15)</c:f>
               <c:strCache>
-                <c:ptCount val="13"/>
+                <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>January</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>January</c:v>
+                  <c:v>February</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>February</c:v>
+                  <c:v>March</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>March</c:v>
+                  <c:v>April</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>April</c:v>
+                  <c:v>May</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>May</c:v>
+                  <c:v>June</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>June</c:v>
+                  <c:v>July</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>July</c:v>
+                  <c:v>August</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>August</c:v>
+                  <c:v>September</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>September</c:v>
+                  <c:v>October</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>October</c:v>
+                  <c:v>November</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>November</c:v>
-[...1 lines deleted...]
-                <c:pt idx="12">
                   <c:v>December</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>('Data and Charts by Process'!$E$6,'Data and Charts by Process'!$I$6,'Data and Charts by Process'!$M$6,'Data and Charts by Process'!$Q$6,'Data and Charts by Process'!$U$6,'Data and Charts by Process'!$Y$6,'Data and Charts by Process'!$E$19,'Data and Charts by Process'!$I$19,'Data and Charts by Process'!$M$19,'Data and Charts by Process'!$Q$19,'Data and Charts by Process'!$U$19,'Data and Charts by Process'!$Y$19)</c:f>
               <c:numCache>
                 <c:formatCode>0%</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>0.75</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>0.44444444444444442</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>0.7142857142857143</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>0</c:v>
@@ -11559,90 +11706,87 @@
           <c:tx>
             <c:strRef>
               <c:f>'Data and Charts by Process'!$A$7</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>After patient contact</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent3">
                 <a:lumMod val="60000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:strRef>
-              <c:f>('Data and Charts by Process'!$B$2,'Data and Charts by Process'!$B$2,'Data and Charts by Process'!$F$2,'Data and Charts by Process'!$J$2,'Data and Charts by Process'!$N$2,'Data and Charts by Process'!$R$2,'Data and Charts by Process'!$V$2,'Data and Charts by Process'!$B$15,'Data and Charts by Process'!$F$15,'Data and Charts by Process'!$J$15,'Data and Charts by Process'!$N$15,'Data and Charts by Process'!$R$15,'Data and Charts by Process'!$V$15)</c:f>
+              <c:f>('Data and Charts by Process'!$B$2,'Data and Charts by Process'!$F$2,'Data and Charts by Process'!$J$2,'Data and Charts by Process'!$N$2,'Data and Charts by Process'!$R$2,'Data and Charts by Process'!$V$2,'Data and Charts by Process'!$B$15,'Data and Charts by Process'!$F$15,'Data and Charts by Process'!$J$15,'Data and Charts by Process'!$N$15,'Data and Charts by Process'!$R$15,'Data and Charts by Process'!$V$15)</c:f>
               <c:strCache>
-                <c:ptCount val="13"/>
+                <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>January</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>January</c:v>
+                  <c:v>February</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>February</c:v>
+                  <c:v>March</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>March</c:v>
+                  <c:v>April</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>April</c:v>
+                  <c:v>May</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>May</c:v>
+                  <c:v>June</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>June</c:v>
+                  <c:v>July</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>July</c:v>
+                  <c:v>August</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>August</c:v>
+                  <c:v>September</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>September</c:v>
+                  <c:v>October</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>October</c:v>
+                  <c:v>November</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>November</c:v>
-[...1 lines deleted...]
-                <c:pt idx="12">
                   <c:v>December</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>('Data and Charts by Process'!$E$7,'Data and Charts by Process'!$I$7,'Data and Charts by Process'!$M$7,'Data and Charts by Process'!$Q$7,'Data and Charts by Process'!$U$7,'Data and Charts by Process'!$Y$7,'Data and Charts by Process'!$E$20,'Data and Charts by Process'!$I$20,'Data and Charts by Process'!$M$20,'Data and Charts by Process'!$Q$20,'Data and Charts by Process'!$U$20,'Data and Charts by Process'!$Y$20)</c:f>
               <c:numCache>
                 <c:formatCode>0%</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>0</c:v>
@@ -11683,206 +11827,209 @@
           <c:tx>
             <c:strRef>
               <c:f>'Data and Charts by Process'!$A$8</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>After glove removal</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent5">
                 <a:lumMod val="60000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:strRef>
-              <c:f>('Data and Charts by Process'!$B$2,'Data and Charts by Process'!$B$2,'Data and Charts by Process'!$F$2,'Data and Charts by Process'!$J$2,'Data and Charts by Process'!$N$2,'Data and Charts by Process'!$R$2,'Data and Charts by Process'!$V$2,'Data and Charts by Process'!$B$15,'Data and Charts by Process'!$F$15,'Data and Charts by Process'!$J$15,'Data and Charts by Process'!$N$15,'Data and Charts by Process'!$R$15,'Data and Charts by Process'!$V$15)</c:f>
+              <c:f>('Data and Charts by Process'!$B$2,'Data and Charts by Process'!$F$2,'Data and Charts by Process'!$J$2,'Data and Charts by Process'!$N$2,'Data and Charts by Process'!$R$2,'Data and Charts by Process'!$V$2,'Data and Charts by Process'!$B$15,'Data and Charts by Process'!$F$15,'Data and Charts by Process'!$J$15,'Data and Charts by Process'!$N$15,'Data and Charts by Process'!$R$15,'Data and Charts by Process'!$V$15)</c:f>
               <c:strCache>
-                <c:ptCount val="13"/>
+                <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>January</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>January</c:v>
+                  <c:v>February</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>February</c:v>
+                  <c:v>March</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>March</c:v>
+                  <c:v>April</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>April</c:v>
+                  <c:v>May</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>May</c:v>
+                  <c:v>June</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>June</c:v>
+                  <c:v>July</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>July</c:v>
+                  <c:v>August</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>August</c:v>
+                  <c:v>September</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>September</c:v>
+                  <c:v>October</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>October</c:v>
+                  <c:v>November</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>November</c:v>
-[...1 lines deleted...]
-                <c:pt idx="12">
                   <c:v>December</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>('Data and Charts by Process'!$E$8,'Data and Charts by Process'!$I$8,'Data and Charts by Process'!$M$8,'Data and Charts by Process'!$Q$8,'Data and Charts by Process'!$U$8,'Data and Charts by Process'!$Y$8,'Data and Charts by Process'!$E$21,'Data and Charts by Process'!$I$21,'Data and Charts by Process'!$M$21)</c:f>
+              <c:f>('Data and Charts by Process'!$E$8,'Data and Charts by Process'!$I$8,'Data and Charts by Process'!$M$8,'Data and Charts by Process'!$Q$8,'Data and Charts by Process'!$U$8,'Data and Charts by Process'!$Y$8,'Data and Charts by Process'!$E$21,'Data and Charts by Process'!$I$21,'Data and Charts by Process'!$M$21,'Data and Charts by Process'!$Q$21,'Data and Charts by Process'!$U$21,'Data and Charts by Process'!$Y$21)</c:f>
               <c:numCache>
                 <c:formatCode>0%</c:formatCode>
-                <c:ptCount val="9"/>
+                <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="8">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="11">
                   <c:v>0</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000005-EC04-4FB8-9180-4A692218DFDE}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="6"/>
           <c:order val="6"/>
           <c:tx>
             <c:strRef>
               <c:f>'Data and Charts by Process'!$A$9</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Before clean task</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent1">
                 <a:lumMod val="80000"/>
                 <a:lumOff val="20000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:strRef>
-              <c:f>('Data and Charts by Process'!$B$2,'Data and Charts by Process'!$B$2,'Data and Charts by Process'!$F$2,'Data and Charts by Process'!$J$2,'Data and Charts by Process'!$N$2,'Data and Charts by Process'!$R$2,'Data and Charts by Process'!$V$2,'Data and Charts by Process'!$B$15,'Data and Charts by Process'!$F$15,'Data and Charts by Process'!$J$15,'Data and Charts by Process'!$N$15,'Data and Charts by Process'!$R$15,'Data and Charts by Process'!$V$15)</c:f>
+              <c:f>('Data and Charts by Process'!$B$2,'Data and Charts by Process'!$F$2,'Data and Charts by Process'!$J$2,'Data and Charts by Process'!$N$2,'Data and Charts by Process'!$R$2,'Data and Charts by Process'!$V$2,'Data and Charts by Process'!$B$15,'Data and Charts by Process'!$F$15,'Data and Charts by Process'!$J$15,'Data and Charts by Process'!$N$15,'Data and Charts by Process'!$R$15,'Data and Charts by Process'!$V$15)</c:f>
               <c:strCache>
-                <c:ptCount val="13"/>
+                <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>January</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>January</c:v>
+                  <c:v>February</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>February</c:v>
+                  <c:v>March</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>March</c:v>
+                  <c:v>April</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>April</c:v>
+                  <c:v>May</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>May</c:v>
+                  <c:v>June</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>June</c:v>
+                  <c:v>July</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>July</c:v>
+                  <c:v>August</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>August</c:v>
+                  <c:v>September</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>September</c:v>
+                  <c:v>October</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>October</c:v>
+                  <c:v>November</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>November</c:v>
-[...1 lines deleted...]
-                <c:pt idx="12">
                   <c:v>December</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>('Data and Charts by Process'!$E$9,'Data and Charts by Process'!$I$9,'Data and Charts by Process'!$M$9,'Data and Charts by Process'!$Q$9,'Data and Charts by Process'!$U$9,'Data and Charts by Process'!$Y$9,'Data and Charts by Process'!$E$22,'Data and Charts by Process'!$I$22,'Data and Charts by Process'!$M$22,'Data and Charts by Process'!$Q$22,'Data and Charts by Process'!$U$22,'Data and Charts by Process'!$Y$22)</c:f>
               <c:numCache>
                 <c:formatCode>0%</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>0</c:v>
@@ -11924,90 +12071,87 @@
             <c:strRef>
               <c:f>'Data and Charts by Process'!$A$10</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>After dirty task</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent3">
                 <a:lumMod val="80000"/>
                 <a:lumOff val="20000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:strRef>
-              <c:f>('Data and Charts by Process'!$B$2,'Data and Charts by Process'!$B$2,'Data and Charts by Process'!$F$2,'Data and Charts by Process'!$J$2,'Data and Charts by Process'!$N$2,'Data and Charts by Process'!$R$2,'Data and Charts by Process'!$V$2,'Data and Charts by Process'!$B$15,'Data and Charts by Process'!$F$15,'Data and Charts by Process'!$J$15,'Data and Charts by Process'!$N$15,'Data and Charts by Process'!$R$15,'Data and Charts by Process'!$V$15)</c:f>
+              <c:f>('Data and Charts by Process'!$B$2,'Data and Charts by Process'!$F$2,'Data and Charts by Process'!$J$2,'Data and Charts by Process'!$N$2,'Data and Charts by Process'!$R$2,'Data and Charts by Process'!$V$2,'Data and Charts by Process'!$B$15,'Data and Charts by Process'!$F$15,'Data and Charts by Process'!$J$15,'Data and Charts by Process'!$N$15,'Data and Charts by Process'!$R$15,'Data and Charts by Process'!$V$15)</c:f>
               <c:strCache>
-                <c:ptCount val="13"/>
+                <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>January</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>January</c:v>
+                  <c:v>February</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>February</c:v>
+                  <c:v>March</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>March</c:v>
+                  <c:v>April</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>April</c:v>
+                  <c:v>May</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>May</c:v>
+                  <c:v>June</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>June</c:v>
+                  <c:v>July</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>July</c:v>
+                  <c:v>August</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>August</c:v>
+                  <c:v>September</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>September</c:v>
+                  <c:v>October</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>October</c:v>
+                  <c:v>November</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>November</c:v>
-[...1 lines deleted...]
-                <c:pt idx="12">
                   <c:v>December</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>('Data and Charts by Process'!$E$10,'Data and Charts by Process'!$I$10,'Data and Charts by Process'!$M$10,'Data and Charts by Process'!$Q$10,'Data and Charts by Process'!$U$10,'Data and Charts by Process'!$Y$10,'Data and Charts by Process'!$E$23,'Data and Charts by Process'!$I$23,'Data and Charts by Process'!$M$23,'Data and Charts by Process'!$Q$23,'Data and Charts by Process'!$U$23,'Data and Charts by Process'!$Y$23)</c:f>
               <c:numCache>
                 <c:formatCode>0%</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>0</c:v>
@@ -12017,192 +12161,189 @@
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>0</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000007-EC04-4FB8-9180-4A692218DFDE}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:ser>
+          <c:idx val="9"/>
+          <c:order val="8"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>'Data and Charts by Process'!$A$11</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>Other</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:solidFill>
+              <a:schemeClr val="accent1">
+                <a:lumMod val="80000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+          <c:invertIfNegative val="0"/>
+          <c:cat>
+            <c:strRef>
+              <c:f>('Data and Charts by Process'!$B$2,'Data and Charts by Process'!$F$2,'Data and Charts by Process'!$J$2,'Data and Charts by Process'!$N$2,'Data and Charts by Process'!$R$2,'Data and Charts by Process'!$V$2,'Data and Charts by Process'!$B$15,'Data and Charts by Process'!$F$15,'Data and Charts by Process'!$J$15,'Data and Charts by Process'!$N$15,'Data and Charts by Process'!$R$15,'Data and Charts by Process'!$V$15)</c:f>
+              <c:strCache>
+                <c:ptCount val="12"/>
+                <c:pt idx="0">
+                  <c:v>January</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>February</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>March</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>April</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>May</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>June</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>July</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>August</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>September</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>October</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>November</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>December</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>('Data and Charts by Process'!$E$11,'Data and Charts by Process'!$I$11,'Data and Charts by Process'!$M$11,'Data and Charts by Process'!$Q$11,'Data and Charts by Process'!$U$11,'Data and Charts by Process'!$Y$11,'Data and Charts by Process'!$E$24,'Data and Charts by Process'!$I$24,'Data and Charts by Process'!$M$24,'Data and Charts by Process'!$Q$24,'Data and Charts by Process'!$U$24,'Data and Charts by Process'!$Y$24)</c:f>
+              <c:numCache>
+                <c:formatCode>0%</c:formatCode>
+                <c:ptCount val="12"/>
+                <c:pt idx="0">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>0</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000003-44D3-467B-AC3E-D2520B5AFBFC}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="150"/>
         <c:axId val="459497712"/>
         <c:axId val="459494432"/>
       </c:barChart>
       <c:lineChart>
         <c:grouping val="standard"/>
         <c:varyColors val="0"/>
-        <c:ser>
-[...122 lines deleted...]
-        </c:ser>
         <c:ser>
           <c:idx val="8"/>
           <c:order val="9"/>
           <c:tx>
             <c:strRef>
               <c:f>'Data and Charts by Process'!$A$28</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Goal</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln w="28575" cap="rnd">
               <a:solidFill>
                 <a:srgbClr val="C00000"/>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
@@ -18644,493 +18785,68 @@
       <sheetData sheetId="1"/>
       <sheetData sheetId="2"/>
       <sheetData sheetId="3"/>
       <sheetData sheetId="4"/>
       <sheetData sheetId="5">
         <row r="2">
           <cell r="B2" t="str">
             <v>January</v>
           </cell>
           <cell r="F2" t="str">
             <v>February</v>
           </cell>
           <cell r="J2" t="str">
             <v>March</v>
           </cell>
           <cell r="N2" t="str">
             <v>April</v>
           </cell>
           <cell r="R2" t="str">
             <v>May</v>
           </cell>
           <cell r="V2" t="str">
             <v>June</v>
           </cell>
         </row>
-        <row r="4">
-[...202 lines deleted...]
-        </row>
         <row r="15">
           <cell r="B15" t="str">
             <v>July</v>
           </cell>
           <cell r="F15" t="str">
             <v>August</v>
           </cell>
           <cell r="J15" t="str">
             <v>September</v>
           </cell>
           <cell r="N15" t="str">
             <v>October</v>
           </cell>
           <cell r="R15" t="str">
             <v>November</v>
           </cell>
           <cell r="V15" t="str">
             <v>December</v>
-          </cell>
-[...219 lines deleted...]
-            <v>0.7</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="6"/>
       <sheetData sheetId="7"/>
       <sheetData sheetId="8"/>
       <sheetData sheetId="9"/>
       <sheetData sheetId="10"/>
       <sheetData sheetId="11"/>
       <sheetData sheetId="12"/>
       <sheetData sheetId="13"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -20592,52 +20308,52 @@
       <c r="P9" s="36"/>
       <c r="Q9" s="36"/>
       <c r="R9" s="36"/>
       <c r="S9" s="36"/>
       <c r="T9" s="36"/>
       <c r="U9" s="36"/>
       <c r="V9" s="36"/>
       <c r="W9" s="36"/>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A1:W1"/>
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A3:H3"/>
     <mergeCell ref="A4:H4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E4DBF91A-EF86-4C7D-961F-8F09BF7777DB}">
   <dimension ref="B1:AK50"/>
   <sheetViews>
-    <sheetView topLeftCell="A33" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="E3" sqref="E3"/>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="P6" sqref="P6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4"/>
   <cols>
     <col min="1" max="1" width="1.6640625" style="36" customWidth="1"/>
     <col min="2" max="2" width="19.33203125" style="36" customWidth="1"/>
     <col min="3" max="3" width="30.6640625" style="36" customWidth="1"/>
     <col min="4" max="36" width="4.109375" style="36" bestFit="1" customWidth="1"/>
     <col min="37" max="37" width="43.44140625" style="36" customWidth="1"/>
     <col min="38" max="38" width="1.6640625" style="36" customWidth="1"/>
     <col min="39" max="16384" width="8.88671875" style="36"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:37" ht="14.4" customHeight="1">
       <c r="B1" s="149" t="s">
         <v>35</v>
       </c>
       <c r="C1" s="149"/>
       <c r="D1" s="149"/>
       <c r="E1" s="149"/>
       <c r="F1" s="149"/>
       <c r="G1" s="149"/>
       <c r="H1" s="149"/>
       <c r="I1" s="149"/>
       <c r="J1" s="149"/>
@@ -20714,198 +20430,198 @@
       <c r="C3" s="97" t="s">
         <v>37</v>
       </c>
       <c r="D3" s="113" t="s">
         <v>38</v>
       </c>
       <c r="E3" s="111" t="s">
         <v>39</v>
       </c>
       <c r="F3" s="72" t="s">
         <v>40</v>
       </c>
       <c r="G3" s="72" t="s">
         <v>41</v>
       </c>
       <c r="H3" s="72" t="s">
         <v>42</v>
       </c>
       <c r="I3" s="72" t="s">
         <v>43</v>
       </c>
       <c r="J3" s="72" t="s">
         <v>44</v>
       </c>
       <c r="K3" s="106" t="s">
+        <v>100</v>
+      </c>
+      <c r="L3" s="108" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="M3" s="92"/>
       <c r="N3" s="88" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="O3" s="93"/>
       <c r="P3" s="105" t="s">
+        <v>47</v>
+      </c>
+      <c r="Q3" s="88" t="s">
         <v>48</v>
       </c>
-      <c r="Q3" s="88" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R3" s="96" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="S3" s="92"/>
       <c r="T3" s="88" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="U3" s="96" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="V3" s="92"/>
       <c r="W3" s="88" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="X3" s="96" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="Y3" s="92"/>
       <c r="Z3" s="88" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AA3" s="96" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="AB3" s="92"/>
       <c r="AC3" s="88" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AD3" s="96" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="AE3" s="92"/>
       <c r="AF3" s="88" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AG3" s="96" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="AH3" s="92"/>
       <c r="AI3" s="88" t="s">
+        <v>54</v>
+      </c>
+      <c r="AJ3" s="96" t="s">
+        <v>47</v>
+      </c>
+      <c r="AK3" s="97" t="s">
         <v>55</v>
-      </c>
-[...4 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="4" spans="2:37" ht="15" thickBot="1">
       <c r="B4" s="98"/>
       <c r="C4" s="98"/>
       <c r="D4" s="109"/>
       <c r="E4" s="112"/>
       <c r="F4" s="87"/>
       <c r="G4" s="87"/>
       <c r="H4" s="87"/>
       <c r="I4" s="87"/>
       <c r="J4" s="87"/>
       <c r="K4" s="107"/>
       <c r="L4" s="110"/>
       <c r="M4" s="94" t="s">
+        <v>56</v>
+      </c>
+      <c r="N4" s="86" t="s">
         <v>57</v>
       </c>
-      <c r="N4" s="86" t="s">
+      <c r="O4" s="95" t="s">
         <v>58</v>
       </c>
-      <c r="O4" s="95" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P4" s="94" t="s">
+        <v>56</v>
+      </c>
+      <c r="Q4" s="86" t="s">
         <v>57</v>
       </c>
-      <c r="Q4" s="86" t="s">
+      <c r="R4" s="95" t="s">
         <v>58</v>
       </c>
-      <c r="R4" s="95" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S4" s="94" t="s">
+        <v>56</v>
+      </c>
+      <c r="T4" s="86" t="s">
         <v>57</v>
       </c>
-      <c r="T4" s="86" t="s">
+      <c r="U4" s="95" t="s">
         <v>58</v>
       </c>
-      <c r="U4" s="95" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="V4" s="94" t="s">
+        <v>56</v>
+      </c>
+      <c r="W4" s="86" t="s">
         <v>57</v>
       </c>
-      <c r="W4" s="86" t="s">
+      <c r="X4" s="95" t="s">
         <v>58</v>
       </c>
-      <c r="X4" s="95" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Y4" s="94" t="s">
+        <v>56</v>
+      </c>
+      <c r="Z4" s="86" t="s">
         <v>57</v>
       </c>
-      <c r="Z4" s="86" t="s">
+      <c r="AA4" s="95" t="s">
         <v>58</v>
       </c>
-      <c r="AA4" s="95" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AB4" s="94" t="s">
+        <v>56</v>
+      </c>
+      <c r="AC4" s="86" t="s">
         <v>57</v>
       </c>
-      <c r="AC4" s="86" t="s">
+      <c r="AD4" s="95" t="s">
         <v>58</v>
       </c>
-      <c r="AD4" s="95" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AE4" s="94" t="s">
+        <v>56</v>
+      </c>
+      <c r="AF4" s="86" t="s">
         <v>57</v>
       </c>
-      <c r="AF4" s="86" t="s">
+      <c r="AG4" s="95" t="s">
         <v>58</v>
       </c>
-      <c r="AG4" s="95" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AH4" s="94" t="s">
+        <v>56</v>
+      </c>
+      <c r="AI4" s="86" t="s">
         <v>57</v>
       </c>
-      <c r="AI4" s="86" t="s">
+      <c r="AJ4" s="95" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
       <c r="AK4" s="98"/>
     </row>
     <row r="5" spans="2:37">
       <c r="B5" s="99"/>
       <c r="C5" s="99"/>
       <c r="D5" s="114"/>
       <c r="E5" s="89"/>
       <c r="F5" s="84"/>
       <c r="G5" s="84"/>
       <c r="H5" s="84"/>
       <c r="I5" s="84"/>
       <c r="J5" s="84"/>
       <c r="K5" s="84"/>
       <c r="L5" s="102"/>
       <c r="M5" s="83"/>
       <c r="N5" s="84"/>
       <c r="O5" s="85"/>
       <c r="P5" s="83"/>
       <c r="Q5" s="84"/>
       <c r="R5" s="85"/>
       <c r="S5" s="83"/>
       <c r="T5" s="84"/>
       <c r="U5" s="85"/>
       <c r="V5" s="83"/>
@@ -22539,259 +22255,259 @@
       <c r="P48" s="76"/>
       <c r="Q48" s="77"/>
       <c r="R48" s="78"/>
       <c r="S48" s="76"/>
       <c r="T48" s="77"/>
       <c r="U48" s="78"/>
       <c r="V48" s="76"/>
       <c r="W48" s="77"/>
       <c r="X48" s="78"/>
       <c r="Y48" s="76"/>
       <c r="Z48" s="77"/>
       <c r="AA48" s="78"/>
       <c r="AB48" s="76"/>
       <c r="AC48" s="77"/>
       <c r="AD48" s="78"/>
       <c r="AE48" s="76"/>
       <c r="AF48" s="77"/>
       <c r="AG48" s="78"/>
       <c r="AH48" s="76"/>
       <c r="AI48" s="77"/>
       <c r="AJ48" s="78"/>
       <c r="AK48" s="101"/>
     </row>
     <row r="50" spans="2:2">
       <c r="B50" s="36" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B1:AK2"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="57" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{55A74BAD-6837-4835-8893-02E52F6C0FD6}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AD23"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="V15" sqref="V15"/>
+      <selection activeCell="W9" sqref="W9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="5.6640625" defaultRowHeight="14.4"/>
   <cols>
     <col min="1" max="1" width="17.6640625" customWidth="1"/>
     <col min="2" max="2" width="6.88671875" customWidth="1"/>
     <col min="3" max="3" width="8.88671875" customWidth="1"/>
-    <col min="4" max="4" width="7.6640625" customWidth="1"/>
-    <col min="5" max="5" width="7.6640625" style="36" customWidth="1"/>
+    <col min="4" max="4" width="7.77734375" customWidth="1"/>
+    <col min="5" max="5" width="7.77734375" style="36" customWidth="1"/>
     <col min="6" max="6" width="6.88671875" customWidth="1"/>
     <col min="7" max="7" width="8.88671875" customWidth="1"/>
-    <col min="8" max="9" width="7.6640625" customWidth="1"/>
+    <col min="8" max="9" width="7.77734375" customWidth="1"/>
     <col min="10" max="10" width="6.88671875" customWidth="1"/>
     <col min="11" max="11" width="8.88671875" customWidth="1"/>
-    <col min="12" max="13" width="7.6640625" customWidth="1"/>
+    <col min="12" max="13" width="7.77734375" customWidth="1"/>
     <col min="14" max="14" width="6.88671875" customWidth="1"/>
     <col min="15" max="15" width="8.88671875" customWidth="1"/>
-    <col min="16" max="17" width="7.6640625" customWidth="1"/>
+    <col min="16" max="17" width="7.77734375" customWidth="1"/>
     <col min="18" max="18" width="6.88671875" customWidth="1"/>
     <col min="19" max="19" width="8.88671875" customWidth="1"/>
-    <col min="20" max="21" width="7.6640625" customWidth="1"/>
+    <col min="20" max="21" width="7.77734375" customWidth="1"/>
     <col min="22" max="22" width="6.88671875" customWidth="1"/>
     <col min="23" max="23" width="8.88671875" customWidth="1"/>
-    <col min="24" max="25" width="7.6640625" customWidth="1"/>
+    <col min="24" max="25" width="7.77734375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:30" ht="24" thickBot="1">
       <c r="A1" s="52" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="B1" s="53"/>
       <c r="C1" s="53"/>
       <c r="D1" s="53"/>
       <c r="E1" s="53"/>
       <c r="F1" s="53"/>
       <c r="G1" s="53"/>
       <c r="H1" s="53"/>
       <c r="I1" s="53"/>
       <c r="J1" s="53"/>
       <c r="K1" s="53"/>
       <c r="L1" s="53"/>
       <c r="M1" s="53"/>
       <c r="N1" s="53"/>
       <c r="O1" s="53"/>
       <c r="P1" s="53"/>
       <c r="Q1" s="53"/>
       <c r="R1" s="53"/>
       <c r="S1" s="53"/>
       <c r="T1" s="39"/>
       <c r="U1" s="53"/>
       <c r="V1" s="53"/>
       <c r="W1" s="53"/>
       <c r="X1" s="53"/>
       <c r="Y1" s="39"/>
       <c r="Z1" s="133"/>
       <c r="AA1" s="38"/>
       <c r="AB1" s="2"/>
       <c r="AC1" s="2"/>
       <c r="AD1" s="2"/>
     </row>
     <row r="2" spans="1:30">
       <c r="A2" s="48"/>
       <c r="B2" s="49" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="C2" s="50"/>
       <c r="D2" s="51"/>
       <c r="E2" s="54"/>
       <c r="F2" s="49" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="G2" s="50"/>
       <c r="H2" s="51"/>
       <c r="I2" s="54"/>
       <c r="J2" s="49" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="K2" s="50"/>
       <c r="L2" s="51"/>
       <c r="M2" s="54"/>
       <c r="N2" s="49" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="O2" s="50"/>
       <c r="P2" s="51"/>
       <c r="Q2" s="54"/>
       <c r="R2" s="49" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="S2" s="50"/>
       <c r="T2" s="51"/>
       <c r="U2" s="54"/>
       <c r="V2" s="49" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="W2" s="50"/>
       <c r="X2" s="51"/>
       <c r="Y2" s="51"/>
       <c r="Z2" s="36"/>
       <c r="AA2" s="36"/>
       <c r="AB2" s="36"/>
       <c r="AC2" s="36"/>
       <c r="AD2" s="36"/>
     </row>
     <row r="3" spans="1:30" ht="32.4" thickBot="1">
       <c r="A3" s="27"/>
       <c r="B3" s="29" t="s">
+        <v>67</v>
+      </c>
+      <c r="C3" s="30" t="s">
         <v>68</v>
       </c>
-      <c r="C3" s="30" t="s">
+      <c r="D3" s="43" t="s">
         <v>69</v>
       </c>
-      <c r="D3" s="43" t="s">
+      <c r="E3" s="45" t="s">
         <v>70</v>
       </c>
-      <c r="E3" s="45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F3" s="29" t="s">
+        <v>67</v>
+      </c>
+      <c r="G3" s="30" t="s">
         <v>68</v>
       </c>
-      <c r="G3" s="30" t="s">
+      <c r="H3" s="43" t="s">
         <v>69</v>
       </c>
-      <c r="H3" s="43" t="s">
+      <c r="I3" s="45" t="s">
         <v>70</v>
       </c>
-      <c r="I3" s="45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J3" s="29" t="s">
+        <v>67</v>
+      </c>
+      <c r="K3" s="30" t="s">
         <v>68</v>
       </c>
-      <c r="K3" s="30" t="s">
+      <c r="L3" s="43" t="s">
         <v>69</v>
       </c>
-      <c r="L3" s="43" t="s">
+      <c r="M3" s="45" t="s">
         <v>70</v>
       </c>
-      <c r="M3" s="45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N3" s="29" t="s">
+        <v>67</v>
+      </c>
+      <c r="O3" s="30" t="s">
         <v>68</v>
       </c>
-      <c r="O3" s="30" t="s">
+      <c r="P3" s="43" t="s">
         <v>69</v>
       </c>
-      <c r="P3" s="43" t="s">
+      <c r="Q3" s="45" t="s">
         <v>70</v>
       </c>
-      <c r="Q3" s="45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R3" s="29" t="s">
+        <v>67</v>
+      </c>
+      <c r="S3" s="30" t="s">
         <v>68</v>
       </c>
-      <c r="S3" s="30" t="s">
+      <c r="T3" s="43" t="s">
         <v>69</v>
       </c>
-      <c r="T3" s="43" t="s">
+      <c r="U3" s="45" t="s">
         <v>70</v>
       </c>
-      <c r="U3" s="45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="V3" s="29" t="s">
+        <v>67</v>
+      </c>
+      <c r="W3" s="30" t="s">
         <v>68</v>
       </c>
-      <c r="W3" s="30" t="s">
+      <c r="X3" s="43" t="s">
         <v>69</v>
       </c>
-      <c r="X3" s="43" t="s">
+      <c r="Y3" s="45" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="Z3" s="36"/>
       <c r="AA3" s="36"/>
       <c r="AB3" s="36"/>
       <c r="AC3" s="36"/>
       <c r="AD3" s="36"/>
     </row>
     <row r="4" spans="1:30" ht="15" thickBot="1">
       <c r="A4" s="28" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="B4" s="15">
         <v>15</v>
       </c>
       <c r="C4" s="16">
         <v>18</v>
       </c>
       <c r="D4" s="44">
         <f>IF(ISBLANK(B4)," ",(B4/C4))</f>
         <v>0.83333333333333337</v>
       </c>
       <c r="E4" s="46">
         <f>IF(ISBLANK(B4)," ",(B4/C4))</f>
         <v>0.83333333333333337</v>
       </c>
       <c r="F4" s="15">
         <v>15</v>
       </c>
       <c r="G4" s="16">
         <v>25</v>
       </c>
       <c r="H4" s="44">
         <f>IF(ISBLANK(F4)," ",(F4/G4))</f>
         <v>0.6</v>
       </c>
@@ -22860,209 +22576,209 @@
       <c r="I5" s="36"/>
       <c r="J5" s="36"/>
       <c r="K5" s="36"/>
       <c r="L5" s="36"/>
       <c r="M5" s="36"/>
       <c r="N5" s="36"/>
       <c r="O5" s="36"/>
       <c r="P5" s="36"/>
       <c r="Q5" s="36"/>
       <c r="R5" s="36"/>
       <c r="S5" s="36"/>
       <c r="T5" s="36"/>
       <c r="U5" s="36"/>
       <c r="V5" s="36"/>
       <c r="W5" s="36"/>
       <c r="X5" s="36"/>
       <c r="Y5" s="36"/>
       <c r="Z5" s="36"/>
       <c r="AA5" s="36"/>
       <c r="AB5" s="36"/>
       <c r="AC5" s="36"/>
       <c r="AD5" s="36"/>
     </row>
     <row r="6" spans="1:30" ht="24" thickBot="1">
       <c r="A6" s="52" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="B6" s="53"/>
       <c r="C6" s="53"/>
       <c r="D6" s="53"/>
       <c r="E6" s="53"/>
       <c r="F6" s="53"/>
       <c r="G6" s="53"/>
       <c r="H6" s="53"/>
       <c r="I6" s="53"/>
       <c r="J6" s="53"/>
       <c r="K6" s="53"/>
       <c r="L6" s="53"/>
       <c r="M6" s="53"/>
       <c r="N6" s="53"/>
       <c r="O6" s="53"/>
       <c r="P6" s="53"/>
       <c r="Q6" s="53"/>
       <c r="R6" s="53"/>
       <c r="S6" s="53"/>
       <c r="T6" s="39"/>
       <c r="U6" s="55"/>
       <c r="V6" s="55"/>
       <c r="W6" s="55"/>
       <c r="X6" s="55"/>
       <c r="Y6" s="56"/>
       <c r="Z6" s="36"/>
       <c r="AA6" s="36"/>
       <c r="AB6" s="36"/>
       <c r="AC6" s="36"/>
       <c r="AD6" s="36"/>
     </row>
     <row r="7" spans="1:30">
       <c r="A7" s="48"/>
       <c r="B7" s="49" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="C7" s="50"/>
       <c r="D7" s="51"/>
       <c r="E7" s="54"/>
       <c r="F7" s="49" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="G7" s="50"/>
       <c r="H7" s="51"/>
       <c r="I7" s="54"/>
       <c r="J7" s="49" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="K7" s="50"/>
       <c r="L7" s="51"/>
       <c r="M7" s="54"/>
       <c r="N7" s="49" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="O7" s="50"/>
       <c r="P7" s="51"/>
       <c r="Q7" s="54"/>
       <c r="R7" s="49" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="S7" s="50"/>
       <c r="T7" s="51"/>
       <c r="U7" s="54"/>
       <c r="V7" s="49" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="W7" s="50"/>
       <c r="X7" s="51"/>
       <c r="Y7" s="51"/>
       <c r="Z7" s="36"/>
       <c r="AA7" s="36"/>
       <c r="AB7" s="36"/>
       <c r="AC7" s="36"/>
       <c r="AD7" s="36"/>
     </row>
     <row r="8" spans="1:30" ht="32.4" thickBot="1">
       <c r="A8" s="27"/>
       <c r="B8" s="29" t="s">
+        <v>67</v>
+      </c>
+      <c r="C8" s="30" t="s">
         <v>68</v>
       </c>
-      <c r="C8" s="30" t="s">
+      <c r="D8" s="43" t="s">
         <v>69</v>
       </c>
-      <c r="D8" s="43" t="s">
+      <c r="E8" s="45" t="s">
         <v>70</v>
       </c>
-      <c r="E8" s="45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F8" s="29" t="s">
+        <v>67</v>
+      </c>
+      <c r="G8" s="30" t="s">
         <v>68</v>
       </c>
-      <c r="G8" s="30" t="s">
+      <c r="H8" s="43" t="s">
         <v>69</v>
       </c>
-      <c r="H8" s="43" t="s">
+      <c r="I8" s="45" t="s">
         <v>70</v>
       </c>
-      <c r="I8" s="45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J8" s="29" t="s">
+        <v>67</v>
+      </c>
+      <c r="K8" s="30" t="s">
         <v>68</v>
       </c>
-      <c r="K8" s="30" t="s">
+      <c r="L8" s="43" t="s">
         <v>69</v>
       </c>
-      <c r="L8" s="43" t="s">
+      <c r="M8" s="45" t="s">
         <v>70</v>
       </c>
-      <c r="M8" s="45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N8" s="29" t="s">
+        <v>67</v>
+      </c>
+      <c r="O8" s="30" t="s">
         <v>68</v>
       </c>
-      <c r="O8" s="30" t="s">
+      <c r="P8" s="43" t="s">
         <v>69</v>
       </c>
-      <c r="P8" s="43" t="s">
+      <c r="Q8" s="45" t="s">
         <v>70</v>
       </c>
-      <c r="Q8" s="45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R8" s="29" t="s">
+        <v>67</v>
+      </c>
+      <c r="S8" s="30" t="s">
         <v>68</v>
       </c>
-      <c r="S8" s="30" t="s">
+      <c r="T8" s="43" t="s">
         <v>69</v>
       </c>
-      <c r="T8" s="43" t="s">
+      <c r="U8" s="45" t="s">
         <v>70</v>
       </c>
-      <c r="U8" s="45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="V8" s="29" t="s">
+        <v>67</v>
+      </c>
+      <c r="W8" s="30" t="s">
         <v>68</v>
       </c>
-      <c r="W8" s="30" t="s">
+      <c r="X8" s="43" t="s">
         <v>69</v>
       </c>
-      <c r="X8" s="43" t="s">
+      <c r="Y8" s="45" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="Z8" s="36"/>
       <c r="AA8" s="36"/>
       <c r="AB8" s="36"/>
       <c r="AC8" s="36"/>
       <c r="AD8" s="36"/>
     </row>
     <row r="9" spans="1:30" ht="15" thickBot="1">
       <c r="A9" s="28" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="B9" s="25"/>
       <c r="C9" s="26"/>
       <c r="D9" s="44" t="str">
         <f>IF(ISBLANK(B9)," ",(B9/C9))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="E9" s="47" t="str">
         <f>IF(ISBLANK(B9)," ",(B4+F4+J4+N4+R4+V4+B9)/(C4+G4+K4+O4+S4+W4+C9))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="F9" s="25"/>
       <c r="G9" s="26"/>
       <c r="H9" s="44" t="str">
         <f>IF(ISBLANK(F9)," ",(F9/G9))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="I9" s="46" t="str">
         <f>IF(ISBLANK(F9)," ",(B4+F4+J4+N4+R4+V4+B9+F9)/(C4+G4+K4+O4+S4+W4+C9+G9))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="J9" s="25"/>
       <c r="K9" s="26"/>
       <c r="L9" s="44" t="str">
         <f>IF(ISBLANK(J9)," ",(J9/K9))</f>
@@ -23119,89 +22835,89 @@
       <c r="I10" s="36"/>
       <c r="J10" s="36"/>
       <c r="K10" s="36"/>
       <c r="L10" s="36"/>
       <c r="M10" s="36"/>
       <c r="N10" s="36"/>
       <c r="O10" s="36"/>
       <c r="P10" s="36"/>
       <c r="Q10" s="36"/>
       <c r="R10" s="36"/>
       <c r="S10" s="36"/>
       <c r="T10" s="36"/>
       <c r="U10" s="36"/>
       <c r="V10" s="36"/>
       <c r="W10" s="36"/>
       <c r="X10" s="36"/>
       <c r="Y10" s="36"/>
       <c r="Z10" s="36"/>
       <c r="AA10" s="36"/>
       <c r="AB10" s="36"/>
       <c r="AC10" s="36"/>
       <c r="AD10" s="36"/>
     </row>
     <row r="11" spans="1:30" s="36" customFormat="1" ht="15" thickBot="1">
       <c r="B11" s="6" t="s">
+        <v>78</v>
+      </c>
+      <c r="C11" s="7" t="s">
         <v>79</v>
       </c>
-      <c r="C11" s="7" t="s">
+      <c r="D11" s="7" t="s">
         <v>80</v>
       </c>
-      <c r="D11" s="7" t="s">
+      <c r="E11" s="7" t="s">
         <v>81</v>
       </c>
-      <c r="E11" s="7" t="s">
+      <c r="F11" s="7" t="s">
+        <v>65</v>
+      </c>
+      <c r="G11" s="7" t="s">
+        <v>66</v>
+      </c>
+      <c r="H11" s="7" t="s">
+        <v>72</v>
+      </c>
+      <c r="I11" s="7" t="s">
         <v>82</v>
       </c>
-      <c r="F11" s="7" t="s">
-[...8 lines deleted...]
-      <c r="I11" s="7" t="s">
+      <c r="J11" s="7" t="s">
         <v>83</v>
       </c>
-      <c r="J11" s="7" t="s">
+      <c r="K11" s="7" t="s">
         <v>84</v>
       </c>
-      <c r="K11" s="7" t="s">
+      <c r="L11" s="7" t="s">
         <v>85</v>
       </c>
-      <c r="L11" s="7" t="s">
+      <c r="M11" s="80" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="12" spans="1:30" s="36" customFormat="1" ht="15" thickBot="1">
       <c r="A12" s="79" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B12" s="81">
         <v>0.7</v>
       </c>
       <c r="C12" s="82">
         <v>0.7</v>
       </c>
       <c r="D12" s="82">
         <v>0.7</v>
       </c>
       <c r="E12" s="82">
         <v>0.7</v>
       </c>
       <c r="F12" s="82">
         <v>0.7</v>
       </c>
       <c r="G12" s="82">
         <v>0.7</v>
       </c>
       <c r="H12" s="82">
         <v>0.7</v>
       </c>
       <c r="I12" s="82">
         <v>0.7</v>
       </c>
@@ -23300,254 +23016,254 @@
       <c r="S22" s="132"/>
       <c r="T22" s="132"/>
       <c r="U22" s="132"/>
       <c r="V22" s="132"/>
       <c r="W22" s="132"/>
       <c r="X22" s="132"/>
       <c r="Y22" s="132"/>
     </row>
     <row r="23" spans="1:25" s="129" customFormat="1">
       <c r="A23" s="131"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="57" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EDBF0C7C-8960-4ECB-A8B2-EF02BBF07819}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AI46"/>
   <sheetViews>
-    <sheetView topLeftCell="A64" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A24" sqref="A24"/>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="J17" sqref="J17:K24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="5.6640625" defaultRowHeight="14.4"/>
   <cols>
     <col min="1" max="1" width="22.33203125" customWidth="1"/>
     <col min="2" max="2" width="6.88671875" customWidth="1"/>
     <col min="3" max="3" width="8.88671875" customWidth="1"/>
-    <col min="4" max="4" width="7.6640625" customWidth="1"/>
-    <col min="5" max="5" width="7.6640625" style="36" customWidth="1"/>
+    <col min="4" max="4" width="7.77734375" customWidth="1"/>
+    <col min="5" max="5" width="7.77734375" style="36" customWidth="1"/>
     <col min="6" max="6" width="6.88671875" customWidth="1"/>
     <col min="7" max="7" width="8.88671875" customWidth="1"/>
-    <col min="8" max="9" width="7.6640625" customWidth="1"/>
+    <col min="8" max="9" width="7.77734375" customWidth="1"/>
     <col min="10" max="10" width="6.88671875" customWidth="1"/>
     <col min="11" max="11" width="8.88671875" customWidth="1"/>
-    <col min="12" max="13" width="7.6640625" customWidth="1"/>
+    <col min="12" max="13" width="7.77734375" customWidth="1"/>
     <col min="14" max="14" width="6.88671875" customWidth="1"/>
     <col min="15" max="15" width="8.88671875" customWidth="1"/>
-    <col min="16" max="17" width="7.6640625" customWidth="1"/>
+    <col min="16" max="17" width="7.77734375" customWidth="1"/>
     <col min="18" max="18" width="7.109375" customWidth="1"/>
     <col min="19" max="19" width="8.88671875" customWidth="1"/>
-    <col min="20" max="21" width="7.6640625" customWidth="1"/>
+    <col min="20" max="21" width="7.77734375" customWidth="1"/>
     <col min="22" max="22" width="6.88671875" customWidth="1"/>
     <col min="23" max="23" width="8.88671875" customWidth="1"/>
-    <col min="24" max="25" width="7.6640625" customWidth="1"/>
+    <col min="24" max="25" width="7.77734375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:35" ht="24" thickBot="1">
       <c r="A1" s="150" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="B1" s="151"/>
       <c r="C1" s="151"/>
       <c r="D1" s="151"/>
       <c r="E1" s="151"/>
       <c r="F1" s="151"/>
       <c r="G1" s="151"/>
       <c r="H1" s="151"/>
       <c r="I1" s="151"/>
       <c r="J1" s="151"/>
       <c r="K1" s="151"/>
       <c r="L1" s="151"/>
       <c r="M1" s="151"/>
       <c r="N1" s="151"/>
       <c r="O1" s="151"/>
       <c r="P1" s="151"/>
       <c r="Q1" s="151"/>
       <c r="R1" s="151"/>
       <c r="S1" s="151"/>
       <c r="T1" s="151"/>
       <c r="U1" s="151"/>
       <c r="V1" s="151"/>
       <c r="W1" s="151"/>
       <c r="X1" s="151"/>
       <c r="Y1" s="152"/>
       <c r="Z1" s="133"/>
       <c r="AA1" s="1"/>
       <c r="AB1" s="1"/>
       <c r="AC1" s="1"/>
       <c r="AD1" s="1"/>
       <c r="AE1" s="1"/>
       <c r="AF1" s="68"/>
       <c r="AG1" s="2"/>
       <c r="AH1" s="2"/>
       <c r="AI1" s="2"/>
     </row>
     <row r="2" spans="1:35">
       <c r="A2" s="48"/>
       <c r="B2" s="49" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="C2" s="50"/>
       <c r="D2" s="51"/>
       <c r="E2" s="67"/>
       <c r="F2" s="49" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="G2" s="50"/>
       <c r="H2" s="51"/>
       <c r="I2" s="67"/>
       <c r="J2" s="49" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="K2" s="50"/>
       <c r="L2" s="51"/>
       <c r="M2" s="67"/>
       <c r="N2" s="49" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="O2" s="50"/>
       <c r="P2" s="51"/>
       <c r="Q2" s="67"/>
       <c r="R2" s="49" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="S2" s="50"/>
       <c r="T2" s="51"/>
       <c r="U2" s="67"/>
       <c r="V2" s="6" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="W2" s="7"/>
       <c r="X2" s="8"/>
       <c r="Y2" s="69"/>
       <c r="Z2" s="36"/>
       <c r="AA2" s="36"/>
       <c r="AB2" s="36"/>
       <c r="AC2" s="36"/>
       <c r="AD2" s="36"/>
       <c r="AE2" s="36"/>
       <c r="AF2" s="36"/>
       <c r="AG2" s="36"/>
       <c r="AH2" s="36"/>
       <c r="AI2" s="36"/>
     </row>
     <row r="3" spans="1:35" ht="42">
       <c r="A3" s="17"/>
       <c r="B3" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="C3" s="10" t="s">
         <v>68</v>
       </c>
-      <c r="C3" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D3" s="57" t="s">
+        <v>88</v>
+      </c>
+      <c r="E3" s="45" t="s">
         <v>89</v>
       </c>
-      <c r="E3" s="45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F3" s="64" t="s">
+        <v>67</v>
+      </c>
+      <c r="G3" s="10" t="s">
         <v>68</v>
       </c>
-      <c r="G3" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H3" s="57" t="s">
+        <v>88</v>
+      </c>
+      <c r="I3" s="45" t="s">
         <v>89</v>
       </c>
-      <c r="I3" s="45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J3" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="K3" s="10" t="s">
         <v>68</v>
       </c>
-      <c r="K3" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L3" s="57" t="s">
+        <v>88</v>
+      </c>
+      <c r="M3" s="45" t="s">
         <v>89</v>
       </c>
-      <c r="M3" s="45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N3" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="O3" s="10" t="s">
         <v>68</v>
       </c>
-      <c r="O3" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P3" s="57" t="s">
+        <v>88</v>
+      </c>
+      <c r="Q3" s="45" t="s">
         <v>89</v>
       </c>
-      <c r="Q3" s="45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R3" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="S3" s="10" t="s">
         <v>68</v>
       </c>
-      <c r="S3" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T3" s="57" t="s">
+        <v>88</v>
+      </c>
+      <c r="U3" s="45" t="s">
         <v>89</v>
       </c>
-      <c r="U3" s="45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="V3" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="W3" s="10" t="s">
         <v>68</v>
       </c>
-      <c r="W3" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="X3" s="57" t="s">
+        <v>88</v>
+      </c>
+      <c r="Y3" s="45" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="Z3" s="36"/>
       <c r="AA3" s="5"/>
       <c r="AB3" s="36"/>
       <c r="AC3" s="36"/>
       <c r="AD3" s="36"/>
       <c r="AE3" s="36"/>
       <c r="AF3" s="36"/>
       <c r="AG3" s="36"/>
       <c r="AH3" s="36"/>
       <c r="AI3" s="36"/>
     </row>
     <row r="4" spans="1:35">
       <c r="A4" s="18" t="s">
-        <v>91</v>
+        <v>101</v>
       </c>
       <c r="B4" s="11">
         <v>3</v>
       </c>
       <c r="C4" s="12">
         <v>3</v>
       </c>
       <c r="D4" s="58">
         <f>IF(ISBLANK(B4)," ",(B4/C4))</f>
         <v>1</v>
       </c>
       <c r="E4" s="66">
         <f>IF(ISBLANK(B4)," ",(B4/C4))</f>
         <v>1</v>
       </c>
       <c r="F4" s="65">
         <v>5</v>
       </c>
       <c r="G4" s="12">
         <v>7</v>
       </c>
       <c r="H4" s="58">
         <f>IF(ISBLANK(F4)," ",(F4/G4))</f>
         <v>0.7142857142857143</v>
       </c>
@@ -23590,51 +23306,51 @@
         <v xml:space="preserve"> </v>
       </c>
       <c r="V4" s="11"/>
       <c r="W4" s="12"/>
       <c r="X4" s="58" t="str">
         <f t="shared" ref="X4:X11" si="6">IF(ISBLANK(V4)," ",(V4/W4))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Y4" s="66" t="str">
         <f t="shared" ref="Y4:Y11" si="7">IF(ISBLANK(V4)," ",(B4+F4+J4+N4+R4+V4)/(C4+G4+K4+O4+S4+W4))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z4" s="36"/>
       <c r="AA4" s="36"/>
       <c r="AB4" s="36"/>
       <c r="AC4" s="36"/>
       <c r="AD4" s="36"/>
       <c r="AE4" s="36"/>
       <c r="AF4" s="36"/>
       <c r="AG4" s="36"/>
       <c r="AH4" s="36"/>
       <c r="AI4" s="36"/>
     </row>
     <row r="5" spans="1:35">
       <c r="A5" s="18" t="s">
-        <v>92</v>
+        <v>102</v>
       </c>
       <c r="B5" s="11">
         <v>9</v>
       </c>
       <c r="C5" s="12">
         <v>11</v>
       </c>
       <c r="D5" s="58">
         <f t="shared" ref="D5:D11" si="8">IF(ISBLANK(B5)," ",(B5/C5))</f>
         <v>0.81818181818181823</v>
       </c>
       <c r="E5" s="66">
         <f t="shared" ref="E5:E11" si="9">IF(ISBLANK(B5)," ",(B5/C5))</f>
         <v>0.81818181818181823</v>
       </c>
       <c r="F5" s="65">
         <v>9</v>
       </c>
       <c r="G5" s="12">
         <v>13</v>
       </c>
       <c r="H5" s="58">
         <f t="shared" ref="H5:H11" si="10">IF(ISBLANK(F5)," ",(F5/G5))</f>
         <v>0.69230769230769229</v>
       </c>
@@ -23677,51 +23393,51 @@
         <v xml:space="preserve"> </v>
       </c>
       <c r="V5" s="11"/>
       <c r="W5" s="12"/>
       <c r="X5" s="58" t="str">
         <f t="shared" si="6"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Y5" s="66" t="str">
         <f t="shared" si="7"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z5" s="36"/>
       <c r="AA5" s="36"/>
       <c r="AB5" s="36"/>
       <c r="AC5" s="36"/>
       <c r="AD5" s="36"/>
       <c r="AE5" s="36"/>
       <c r="AF5" s="36"/>
       <c r="AG5" s="36"/>
       <c r="AH5" s="36"/>
       <c r="AI5" s="36"/>
     </row>
     <row r="6" spans="1:35">
       <c r="A6" s="18" t="s">
-        <v>93</v>
+        <v>103</v>
       </c>
       <c r="B6" s="11">
         <v>3</v>
       </c>
       <c r="C6" s="12">
         <v>4</v>
       </c>
       <c r="D6" s="58">
         <f t="shared" si="8"/>
         <v>0.75</v>
       </c>
       <c r="E6" s="66">
         <f t="shared" si="9"/>
         <v>0.75</v>
       </c>
       <c r="F6" s="65">
         <v>1</v>
       </c>
       <c r="G6" s="12">
         <v>5</v>
       </c>
       <c r="H6" s="58">
         <f t="shared" si="10"/>
         <v>0.2</v>
       </c>
@@ -23764,51 +23480,51 @@
         <v xml:space="preserve"> </v>
       </c>
       <c r="V6" s="11"/>
       <c r="W6" s="12"/>
       <c r="X6" s="58" t="str">
         <f t="shared" si="6"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Y6" s="66" t="str">
         <f t="shared" si="7"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z6" s="36"/>
       <c r="AA6" s="36"/>
       <c r="AB6" s="36"/>
       <c r="AC6" s="36"/>
       <c r="AD6" s="36"/>
       <c r="AE6" s="36"/>
       <c r="AF6" s="36"/>
       <c r="AG6" s="36"/>
       <c r="AH6" s="36"/>
       <c r="AI6" s="36"/>
     </row>
     <row r="7" spans="1:35">
       <c r="A7" s="18" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="B7" s="11"/>
       <c r="C7" s="12"/>
       <c r="D7" s="58" t="str">
         <f t="shared" si="8"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="E7" s="66" t="str">
         <f t="shared" si="9"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="F7" s="65"/>
       <c r="G7" s="12"/>
       <c r="H7" s="58" t="str">
         <f t="shared" si="10"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="I7" s="66" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="J7" s="11"/>
       <c r="K7" s="12"/>
       <c r="L7" s="58" t="str">
         <f t="shared" si="11"/>
@@ -24139,51 +23855,51 @@
         <v xml:space="preserve"> </v>
       </c>
       <c r="V11" s="13"/>
       <c r="W11" s="14"/>
       <c r="X11" s="59" t="str">
         <f t="shared" si="6"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Y11" s="66" t="str">
         <f t="shared" si="7"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z11" s="36"/>
       <c r="AA11" s="36"/>
       <c r="AB11" s="36"/>
       <c r="AC11" s="36"/>
       <c r="AD11" s="36"/>
       <c r="AE11" s="36"/>
       <c r="AF11" s="36"/>
       <c r="AG11" s="36"/>
       <c r="AH11" s="36"/>
       <c r="AI11" s="36"/>
     </row>
     <row r="12" spans="1:35" ht="15" thickBot="1">
       <c r="A12" s="28" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="B12" s="15">
         <f>IF((B4+B5+B6+B7+B8+B9+B10+B11)=0, " ",(B4+B5+B6+B7+B8+B9+B10+B11))</f>
         <v>15</v>
       </c>
       <c r="C12" s="16">
         <f>IF((C4+C5+C6+C7+C8+C9+C10+C11)=0, " ",(C4+C5+C6+C7+C8+C9+C10+C11))</f>
         <v>18</v>
       </c>
       <c r="D12" s="44">
         <f>IF(B12=" "," ",(B12/C12))</f>
         <v>0.83333333333333337</v>
       </c>
       <c r="E12" s="46">
         <f>IF(B12=" "," ",(B12)/(C12))</f>
         <v>0.83333333333333337</v>
       </c>
       <c r="F12" s="15">
         <f>IF((F4+F5+F6+F7+F8+F9+F10+F11)=0, " ",(F4+F5+F6+F7+F8+F9+F10+F11))</f>
         <v>15</v>
       </c>
       <c r="G12" s="16">
         <f>IF((G4+G5+G6+G7+G8+G9+G10+G11)=0, " ",(G4+G5+G6+G7+G8+G9+G10+G11))</f>
         <v>25</v>
       </c>
@@ -24286,224 +24002,224 @@
       <c r="N13" s="36"/>
       <c r="O13" s="36"/>
       <c r="P13" s="36"/>
       <c r="Q13" s="36"/>
       <c r="R13" s="36"/>
       <c r="S13" s="36"/>
       <c r="T13" s="36"/>
       <c r="U13" s="36"/>
       <c r="V13" s="36"/>
       <c r="W13" s="36"/>
       <c r="X13" s="36"/>
       <c r="Y13" s="36"/>
       <c r="Z13" s="36"/>
       <c r="AA13" s="36"/>
       <c r="AB13" s="36"/>
       <c r="AC13" s="36"/>
       <c r="AD13" s="36"/>
       <c r="AE13" s="36"/>
       <c r="AF13" s="36"/>
       <c r="AG13" s="36"/>
       <c r="AH13" s="36"/>
       <c r="AI13" s="36"/>
     </row>
     <row r="14" spans="1:35" ht="24" thickBot="1">
       <c r="A14" s="150" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="B14" s="151"/>
       <c r="C14" s="151"/>
       <c r="D14" s="151"/>
       <c r="E14" s="151"/>
       <c r="F14" s="151"/>
       <c r="G14" s="151"/>
       <c r="H14" s="151"/>
       <c r="I14" s="151"/>
       <c r="J14" s="151"/>
       <c r="K14" s="151"/>
       <c r="L14" s="151"/>
       <c r="M14" s="151"/>
       <c r="N14" s="151"/>
       <c r="O14" s="151"/>
       <c r="P14" s="151"/>
       <c r="Q14" s="151"/>
       <c r="R14" s="151"/>
       <c r="S14" s="151"/>
       <c r="T14" s="151"/>
       <c r="U14" s="151"/>
       <c r="V14" s="151"/>
       <c r="W14" s="151"/>
       <c r="X14" s="151"/>
       <c r="Y14" s="152"/>
       <c r="Z14" s="36"/>
       <c r="AA14" s="36"/>
       <c r="AB14" s="36"/>
       <c r="AC14" s="36"/>
       <c r="AD14" s="36"/>
       <c r="AE14" s="36"/>
       <c r="AF14" s="36"/>
       <c r="AG14" s="36"/>
       <c r="AH14" s="36"/>
       <c r="AI14" s="36"/>
     </row>
     <row r="15" spans="1:35">
       <c r="A15" s="48"/>
       <c r="B15" s="49" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="C15" s="50"/>
       <c r="D15" s="51"/>
       <c r="E15" s="54"/>
       <c r="F15" s="49" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="G15" s="50"/>
       <c r="H15" s="51"/>
       <c r="I15" s="67"/>
       <c r="J15" s="49" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="K15" s="50"/>
       <c r="L15" s="51"/>
       <c r="M15" s="67"/>
       <c r="N15" s="49" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="O15" s="50"/>
       <c r="P15" s="51"/>
       <c r="Q15" s="67"/>
       <c r="R15" s="49" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="S15" s="50"/>
       <c r="T15" s="51"/>
       <c r="U15" s="67"/>
       <c r="V15" s="49" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="W15" s="50"/>
       <c r="X15" s="51"/>
       <c r="Y15" s="67"/>
       <c r="Z15" s="36"/>
       <c r="AA15" s="36"/>
       <c r="AB15" s="36"/>
       <c r="AC15" s="36"/>
       <c r="AD15" s="36"/>
       <c r="AE15" s="36"/>
       <c r="AF15" s="36"/>
       <c r="AG15" s="36"/>
       <c r="AH15" s="36"/>
       <c r="AI15" s="36"/>
     </row>
     <row r="16" spans="1:35" ht="42">
       <c r="A16" s="17"/>
       <c r="B16" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="C16" s="10" t="s">
         <v>68</v>
       </c>
-      <c r="C16" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D16" s="57" t="s">
+        <v>88</v>
+      </c>
+      <c r="E16" s="45" t="s">
         <v>89</v>
       </c>
-      <c r="E16" s="45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F16" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="G16" s="10" t="s">
         <v>68</v>
       </c>
-      <c r="G16" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H16" s="57" t="s">
+        <v>88</v>
+      </c>
+      <c r="I16" s="45" t="s">
         <v>89</v>
       </c>
-      <c r="I16" s="45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J16" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="K16" s="10" t="s">
         <v>68</v>
       </c>
-      <c r="K16" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L16" s="57" t="s">
+        <v>88</v>
+      </c>
+      <c r="M16" s="45" t="s">
         <v>89</v>
       </c>
-      <c r="M16" s="45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N16" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="O16" s="10" t="s">
         <v>68</v>
       </c>
-      <c r="O16" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P16" s="57" t="s">
+        <v>88</v>
+      </c>
+      <c r="Q16" s="45" t="s">
         <v>89</v>
       </c>
-      <c r="Q16" s="45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R16" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="S16" s="10" t="s">
         <v>68</v>
       </c>
-      <c r="S16" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T16" s="57" t="s">
+        <v>88</v>
+      </c>
+      <c r="U16" s="45" t="s">
         <v>89</v>
       </c>
-      <c r="U16" s="45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="V16" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="W16" s="10" t="s">
         <v>68</v>
       </c>
-      <c r="W16" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="X16" s="57" t="s">
+        <v>88</v>
+      </c>
+      <c r="Y16" s="45" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="Z16" s="36"/>
       <c r="AA16" s="36"/>
       <c r="AB16" s="36"/>
       <c r="AC16" s="36"/>
       <c r="AD16" s="36"/>
       <c r="AE16" s="36"/>
       <c r="AF16" s="36"/>
       <c r="AG16" s="36"/>
       <c r="AH16" s="36"/>
       <c r="AI16" s="36"/>
     </row>
     <row r="17" spans="1:25">
       <c r="A17" s="18" t="s">
-        <v>37</v>
+        <v>101</v>
       </c>
       <c r="B17" s="21"/>
       <c r="C17" s="22"/>
       <c r="D17" s="61" t="str">
         <f t="shared" ref="D17:D24" si="12">IF(ISBLANK(B17)," ",(B17/C17))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="E17" s="70" t="str">
         <f t="shared" ref="E17:E24" si="13">IF(ISBLANK(B17)," ",(B4+F4+J4+N4+R4+V4+B17)/(C4+G4+K4+O4+S4+W4+C17))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="F17" s="21"/>
       <c r="G17" s="22"/>
       <c r="H17" s="61" t="str">
         <f t="shared" ref="H17:H24" si="14">IF(ISBLANK(F17)," ",(F17/G17))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="I17" s="66" t="str">
         <f t="shared" ref="I17:I24" si="15">IF(ISBLANK(F17)," ",(B4+F4+J4+N4+R4+V4+Z4+B17+F17)/(C4+G4+K4+O4+S4+W4+AA4+C17+G17))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="J17" s="21"/>
       <c r="K17" s="22"/>
       <c r="L17" s="61" t="str">
         <f t="shared" ref="L17:L24" si="16">IF(ISBLANK(J17)," ",(J17/K17))</f>
@@ -24524,51 +24240,51 @@
         <v xml:space="preserve"> </v>
       </c>
       <c r="R17" s="21"/>
       <c r="S17" s="22"/>
       <c r="T17" s="61" t="str">
         <f t="shared" ref="T17:T24" si="20">IF(ISBLANK(R17)," ",(R17/S17))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="U17" s="66" t="str">
         <f t="shared" ref="U17:U24" si="21">IF(ISBLANK(R17)," ",(B4+F4+J4+N4+R4+V4+Z4+AD4+AH4+AL4+B17+F17+J17+N17+R17)/(C4+G4+K4+O4+S4+W4+AA4+AE4+AI4+AM4+C17+G17+K17+O17+S17))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="V17" s="21"/>
       <c r="W17" s="22"/>
       <c r="X17" s="61" t="str">
         <f t="shared" ref="X17:X24" si="22">IF(ISBLANK(V17)," ",(V17/W17))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Y17" s="66" t="str">
         <f t="shared" ref="Y17:Y24" si="23">IF(ISBLANK(V17)," ",(B4+F4+J4+N4+R4+V4+Z4+AD4+AH4+AL4+AP4+B17+F17+J17+N17+R17+V17)/(C4+G4+K4+O4+S4+W4+AA4+AE4+AI4+AM4+AQ4+C17+G17+K17+O17+S17+W17))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="18" spans="1:25">
       <c r="A18" s="18" t="s">
-        <v>37</v>
+        <v>102</v>
       </c>
       <c r="B18" s="21"/>
       <c r="C18" s="22"/>
       <c r="D18" s="61" t="str">
         <f t="shared" si="12"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="E18" s="70" t="str">
         <f t="shared" si="13"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="F18" s="21"/>
       <c r="G18" s="22"/>
       <c r="H18" s="61" t="str">
         <f t="shared" si="14"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="I18" s="66" t="str">
         <f t="shared" si="15"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="J18" s="21"/>
       <c r="K18" s="22"/>
       <c r="L18" s="61" t="str">
         <f t="shared" si="16"/>
@@ -24589,51 +24305,51 @@
         <v xml:space="preserve"> </v>
       </c>
       <c r="R18" s="21"/>
       <c r="S18" s="22"/>
       <c r="T18" s="61" t="str">
         <f t="shared" si="20"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="U18" s="66" t="str">
         <f t="shared" si="21"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="V18" s="21"/>
       <c r="W18" s="22"/>
       <c r="X18" s="61" t="str">
         <f t="shared" si="22"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Y18" s="66" t="str">
         <f t="shared" si="23"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="19" spans="1:25">
       <c r="A19" s="18" t="s">
-        <v>37</v>
+        <v>103</v>
       </c>
       <c r="B19" s="21"/>
       <c r="C19" s="22"/>
       <c r="D19" s="61" t="str">
         <f t="shared" si="12"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="E19" s="70" t="str">
         <f t="shared" si="13"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="F19" s="21"/>
       <c r="G19" s="22"/>
       <c r="H19" s="61" t="str">
         <f t="shared" si="14"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="I19" s="66" t="str">
         <f t="shared" si="15"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="J19" s="21"/>
       <c r="K19" s="22"/>
       <c r="L19" s="61" t="str">
         <f t="shared" si="16"/>
@@ -24979,51 +24695,51 @@
         <v xml:space="preserve"> </v>
       </c>
       <c r="R24" s="23"/>
       <c r="S24" s="24"/>
       <c r="T24" s="62" t="str">
         <f t="shared" si="20"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="U24" s="66" t="str">
         <f t="shared" si="21"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="V24" s="23"/>
       <c r="W24" s="24"/>
       <c r="X24" s="62" t="str">
         <f t="shared" si="22"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Y24" s="66" t="str">
         <f t="shared" si="23"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="25" spans="1:25" ht="15" thickBot="1">
       <c r="A25" s="28" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="B25" s="25" t="str">
         <f>IF((B17+B18+B19+B20+B21+B22+B23+B24)=0, " ",(B17+B18+B19+B20+B21+B22+B23+B24))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="C25" s="26" t="str">
         <f>IF((C17+C18+C19+C20+C21+C22+C23+C24)=0, " ",(C17+C18+C19+C20+C21+C22+C23+C24))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="D25" s="126" t="str">
         <f>IF(B25=" "," ",(B25/C25))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="E25" s="47" t="str">
         <f>IF(B25=" "," ",(B12+F12+J12+N12+R12+V12+B25)/(C12+G12+K12+O12+S12+W12+C25))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="F25" s="25" t="str">
         <f>IF((F17+F18+F19+F20+F21+F22+F23+F24)=0, " ",(F17+F18+F19+F20+F21+F22+F23+F24))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="G25" s="26" t="str">
         <f>IF((G17+G18+G19+G20+G21+G22+G23+G24)=0, " ",(G17+G18+G19+G20+G21+G22+G23+G24))</f>
         <v xml:space="preserve"> </v>
       </c>
@@ -25102,89 +24818,89 @@
     </row>
     <row r="26" spans="1:25" s="36" customFormat="1" ht="15" thickBot="1">
       <c r="A26" s="40"/>
       <c r="B26" s="41"/>
       <c r="C26" s="41"/>
       <c r="D26" s="42"/>
       <c r="E26" s="42"/>
       <c r="F26" s="41"/>
       <c r="G26" s="41"/>
       <c r="H26" s="42"/>
       <c r="I26" s="41"/>
       <c r="J26" s="41"/>
       <c r="K26" s="42"/>
       <c r="L26" s="41"/>
       <c r="M26" s="41"/>
       <c r="N26" s="42"/>
       <c r="O26" s="41"/>
       <c r="P26" s="41"/>
       <c r="Q26" s="42"/>
       <c r="R26" s="41"/>
       <c r="S26" s="41"/>
       <c r="T26" s="42"/>
     </row>
     <row r="27" spans="1:25" s="36" customFormat="1" ht="15" thickBot="1">
       <c r="B27" s="6" t="s">
+        <v>78</v>
+      </c>
+      <c r="C27" s="7" t="s">
         <v>79</v>
       </c>
-      <c r="C27" s="7" t="s">
+      <c r="D27" s="7" t="s">
         <v>80</v>
       </c>
-      <c r="D27" s="7" t="s">
+      <c r="E27" s="7" t="s">
         <v>81</v>
       </c>
-      <c r="E27" s="7" t="s">
+      <c r="F27" s="7" t="s">
+        <v>65</v>
+      </c>
+      <c r="G27" s="7" t="s">
+        <v>66</v>
+      </c>
+      <c r="H27" s="7" t="s">
+        <v>72</v>
+      </c>
+      <c r="I27" s="7" t="s">
         <v>82</v>
       </c>
-      <c r="F27" s="7" t="s">
-[...8 lines deleted...]
-      <c r="I27" s="7" t="s">
+      <c r="J27" s="7" t="s">
         <v>83</v>
       </c>
-      <c r="J27" s="7" t="s">
+      <c r="K27" s="7" t="s">
         <v>84</v>
       </c>
-      <c r="K27" s="7" t="s">
+      <c r="L27" s="7" t="s">
         <v>85</v>
       </c>
-      <c r="L27" s="7" t="s">
+      <c r="M27" s="80" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="28" spans="1:25" s="36" customFormat="1" ht="15" thickBot="1">
       <c r="A28" s="79" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B28" s="81">
         <v>0.7</v>
       </c>
       <c r="C28" s="82">
         <v>0.7</v>
       </c>
       <c r="D28" s="82">
         <v>0.7</v>
       </c>
       <c r="E28" s="82">
         <v>0.7</v>
       </c>
       <c r="F28" s="82">
         <v>0.7</v>
       </c>
       <c r="G28" s="82">
         <v>0.7</v>
       </c>
       <c r="H28" s="82">
         <v>0.7</v>
       </c>
       <c r="I28" s="82">
         <v>0.7</v>
       </c>
@@ -25384,229 +25100,229 @@
       <c r="U46" s="36"/>
       <c r="V46" s="36"/>
       <c r="W46" s="36"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:Y1"/>
     <mergeCell ref="A14:Y14"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="41" orientation="portrait" r:id="rId1"/>
   <colBreaks count="1" manualBreakCount="1">
     <brk id="26" max="1048575" man="1"/>
   </colBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{26E79E2D-0D55-4894-B527-1D0493E65158}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AI46"/>
   <sheetViews>
-    <sheetView topLeftCell="A49" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="S54" sqref="S54"/>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="J7" sqref="J7:K11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="5.6640625" defaultRowHeight="14.4"/>
   <cols>
     <col min="1" max="1" width="22.33203125" style="36" customWidth="1"/>
     <col min="2" max="2" width="6.88671875" style="36" customWidth="1"/>
     <col min="3" max="3" width="8.88671875" style="36" customWidth="1"/>
-    <col min="4" max="5" width="7.6640625" style="36" customWidth="1"/>
+    <col min="4" max="5" width="7.77734375" style="36" customWidth="1"/>
     <col min="6" max="6" width="6.88671875" style="36" customWidth="1"/>
     <col min="7" max="7" width="8.88671875" style="36" customWidth="1"/>
-    <col min="8" max="9" width="7.6640625" style="36" customWidth="1"/>
+    <col min="8" max="9" width="7.77734375" style="36" customWidth="1"/>
     <col min="10" max="10" width="6.88671875" style="36" customWidth="1"/>
     <col min="11" max="11" width="8.88671875" style="36" customWidth="1"/>
-    <col min="12" max="13" width="7.6640625" style="36" customWidth="1"/>
+    <col min="12" max="13" width="7.77734375" style="36" customWidth="1"/>
     <col min="14" max="14" width="6.88671875" style="36" customWidth="1"/>
     <col min="15" max="15" width="8.88671875" style="36" customWidth="1"/>
-    <col min="16" max="17" width="7.6640625" style="36" customWidth="1"/>
+    <col min="16" max="17" width="7.77734375" style="36" customWidth="1"/>
     <col min="18" max="18" width="7.109375" style="36" customWidth="1"/>
     <col min="19" max="19" width="8.88671875" style="36" customWidth="1"/>
-    <col min="20" max="21" width="7.6640625" style="36" customWidth="1"/>
+    <col min="20" max="21" width="7.77734375" style="36" customWidth="1"/>
     <col min="22" max="22" width="6.88671875" style="36" customWidth="1"/>
     <col min="23" max="23" width="8.88671875" style="36" customWidth="1"/>
-    <col min="24" max="25" width="7.6640625" style="36" customWidth="1"/>
+    <col min="24" max="25" width="7.77734375" style="36" customWidth="1"/>
     <col min="26" max="16384" width="5.6640625" style="36"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:35" ht="24" thickBot="1">
       <c r="A1" s="150" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="B1" s="151"/>
       <c r="C1" s="151"/>
       <c r="D1" s="151"/>
       <c r="E1" s="151"/>
       <c r="F1" s="151"/>
       <c r="G1" s="151"/>
       <c r="H1" s="151"/>
       <c r="I1" s="151"/>
       <c r="J1" s="151"/>
       <c r="K1" s="151"/>
       <c r="L1" s="151"/>
       <c r="M1" s="151"/>
       <c r="N1" s="151"/>
       <c r="O1" s="151"/>
       <c r="P1" s="151"/>
       <c r="Q1" s="151"/>
       <c r="R1" s="151"/>
       <c r="S1" s="151"/>
       <c r="T1" s="151"/>
       <c r="U1" s="151"/>
       <c r="V1" s="151"/>
       <c r="W1" s="151"/>
       <c r="X1" s="151"/>
       <c r="Y1" s="152"/>
       <c r="Z1" s="133"/>
       <c r="AA1" s="1"/>
       <c r="AB1" s="1"/>
       <c r="AC1" s="1"/>
       <c r="AD1" s="1"/>
       <c r="AE1" s="1"/>
       <c r="AF1" s="68"/>
       <c r="AG1" s="2"/>
       <c r="AH1" s="2"/>
       <c r="AI1" s="2"/>
     </row>
     <row r="2" spans="1:35">
       <c r="A2" s="48"/>
       <c r="B2" s="49" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="C2" s="50"/>
       <c r="D2" s="51"/>
       <c r="E2" s="67"/>
       <c r="F2" s="49" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="G2" s="50"/>
       <c r="H2" s="51"/>
       <c r="I2" s="67"/>
       <c r="J2" s="49" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="K2" s="50"/>
       <c r="L2" s="51"/>
       <c r="M2" s="67"/>
       <c r="N2" s="49" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="O2" s="50"/>
       <c r="P2" s="51"/>
       <c r="Q2" s="67"/>
       <c r="R2" s="49" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="S2" s="50"/>
       <c r="T2" s="51"/>
       <c r="U2" s="67"/>
       <c r="V2" s="6" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="W2" s="7"/>
       <c r="X2" s="8"/>
       <c r="Y2" s="69"/>
     </row>
     <row r="3" spans="1:35" ht="42">
       <c r="A3" s="17"/>
       <c r="B3" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="C3" s="10" t="s">
         <v>68</v>
       </c>
-      <c r="C3" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D3" s="57" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="E3" s="45" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="F3" s="64" t="s">
+        <v>67</v>
+      </c>
+      <c r="G3" s="10" t="s">
         <v>68</v>
       </c>
-      <c r="G3" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H3" s="57" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="I3" s="45" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="J3" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="K3" s="10" t="s">
         <v>68</v>
       </c>
-      <c r="K3" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L3" s="57" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="M3" s="45" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="N3" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="O3" s="10" t="s">
         <v>68</v>
       </c>
-      <c r="O3" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P3" s="57" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="Q3" s="45" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="R3" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="S3" s="10" t="s">
         <v>68</v>
       </c>
-      <c r="S3" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T3" s="57" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="U3" s="45" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="V3" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="W3" s="10" t="s">
         <v>68</v>
       </c>
-      <c r="W3" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="X3" s="57" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="Y3" s="45" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="AA3" s="5"/>
     </row>
     <row r="4" spans="1:35">
       <c r="A4" s="18" t="s">
         <v>39</v>
       </c>
       <c r="B4" s="11">
         <v>3</v>
       </c>
       <c r="C4" s="12">
         <v>3</v>
       </c>
       <c r="D4" s="58">
         <f>IF(ISBLANK(B4)," ",(B4/C4))</f>
         <v>1</v>
       </c>
       <c r="E4" s="66">
         <f>IF(ISBLANK(B4)," ",(B4/C4))</f>
         <v>1</v>
       </c>
       <c r="F4" s="65">
         <v>5</v>
       </c>
       <c r="G4" s="12">
@@ -25994,51 +25710,51 @@
         <v xml:space="preserve"> </v>
       </c>
       <c r="R9" s="11"/>
       <c r="S9" s="12"/>
       <c r="T9" s="58" t="str">
         <f t="shared" si="4"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="U9" s="66" t="str">
         <f t="shared" si="5"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="V9" s="11"/>
       <c r="W9" s="12"/>
       <c r="X9" s="58" t="str">
         <f t="shared" si="6"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Y9" s="66" t="str">
         <f t="shared" si="7"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="10" spans="1:35">
       <c r="A10" s="18" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="B10" s="11"/>
       <c r="C10" s="12"/>
       <c r="D10" s="58" t="str">
         <f t="shared" si="8"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="E10" s="66" t="str">
         <f t="shared" si="9"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="F10" s="65"/>
       <c r="G10" s="12"/>
       <c r="H10" s="58" t="str">
         <f t="shared" si="10"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="I10" s="66" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="J10" s="11"/>
       <c r="K10" s="12"/>
       <c r="L10" s="58" t="str">
         <f t="shared" si="11"/>
@@ -26122,51 +25838,51 @@
         <v xml:space="preserve"> </v>
       </c>
       <c r="R11" s="13"/>
       <c r="S11" s="14"/>
       <c r="T11" s="119" t="str">
         <f t="shared" si="4"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="U11" s="66" t="str">
         <f t="shared" si="5"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="V11" s="13"/>
       <c r="W11" s="14"/>
       <c r="X11" s="59" t="str">
         <f t="shared" si="6"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Y11" s="66" t="str">
         <f t="shared" si="7"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="12" spans="1:35" ht="15" thickBot="1">
       <c r="A12" s="20" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B12" s="15">
         <f>IF((B4+B5+B6+B7+B8+B9+B10+B11)=0, " ",(B4+B5+B6+B7+B8+B9+B10+B11))</f>
         <v>15</v>
       </c>
       <c r="C12" s="16">
         <f>IF((C4+C5+C6+C7+C8+C9+C10+C11)=0, " ",(C4+C5+C6+C7+C8+C9+C10+C11))</f>
         <v>18</v>
       </c>
       <c r="D12" s="44">
         <f>IF(B12=" "," ",(B12/C12))</f>
         <v>0.83333333333333337</v>
       </c>
       <c r="E12" s="46">
         <f>IF(B12=" "," ",(B12)/(C12))</f>
         <v>0.83333333333333337</v>
       </c>
       <c r="F12" s="15">
         <f>IF((F4+F5+F6+F7+F8+F9+F10+F11)=0, " ",(F4+F5+F6+F7+F8+F9+F10+F11))</f>
         <v>15</v>
       </c>
       <c r="G12" s="16">
         <f>IF((G4+G5+G6+G7+G8+G9+G10+G11)=0, " ",(G4+G5+G6+G7+G8+G9+G10+G11))</f>
         <v>25</v>
       </c>
@@ -26224,189 +25940,189 @@
       </c>
       <c r="U12" s="46" t="str">
         <f>IF(R12=" "," ",(B12+F12+J12+N12+R12)/(C12+G12+K12+O12+S12))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="V12" s="15" t="str">
         <f>IF((V4+V5+V6+V7+V8+V9+V10+V11)=0, " ",(V4+V5+V6+V7+V8+V9+V10+V11))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="W12" s="16" t="str">
         <f>IF((W4+W5+W6+W7+W8+W9+W10+W11)=0, " ",(W4+W5+W6+W7+W8+W9+W10+W11))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="X12" s="60" t="str">
         <f>IF(V12=" "," ",(V12/W12))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Y12" s="46" t="str">
         <f>IF(V12=" "," ",(B12+F12+J12+N12+R12+V12)/(C12+G12+K12+O12+S12+W12))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="13" spans="1:35" ht="15" thickBot="1"/>
     <row r="14" spans="1:35" ht="24" thickBot="1">
       <c r="A14" s="150" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="B14" s="151"/>
       <c r="C14" s="151"/>
       <c r="D14" s="151"/>
       <c r="E14" s="151"/>
       <c r="F14" s="151"/>
       <c r="G14" s="151"/>
       <c r="H14" s="151"/>
       <c r="I14" s="151"/>
       <c r="J14" s="151"/>
       <c r="K14" s="151"/>
       <c r="L14" s="151"/>
       <c r="M14" s="151"/>
       <c r="N14" s="151"/>
       <c r="O14" s="151"/>
       <c r="P14" s="151"/>
       <c r="Q14" s="151"/>
       <c r="R14" s="151"/>
       <c r="S14" s="151"/>
       <c r="T14" s="151"/>
       <c r="U14" s="151"/>
       <c r="V14" s="151"/>
       <c r="W14" s="151"/>
       <c r="X14" s="151"/>
       <c r="Y14" s="152"/>
     </row>
     <row r="15" spans="1:35">
       <c r="A15" s="48"/>
       <c r="B15" s="49" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="C15" s="50"/>
       <c r="D15" s="51"/>
       <c r="E15" s="54"/>
       <c r="F15" s="49" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="G15" s="50"/>
       <c r="H15" s="51"/>
       <c r="I15" s="67"/>
       <c r="J15" s="49" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="K15" s="50"/>
       <c r="L15" s="51"/>
       <c r="M15" s="67"/>
       <c r="N15" s="49" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="O15" s="50"/>
       <c r="P15" s="51"/>
       <c r="Q15" s="67"/>
       <c r="R15" s="49" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="S15" s="50"/>
       <c r="T15" s="51"/>
       <c r="U15" s="67"/>
       <c r="V15" s="49" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="W15" s="50"/>
       <c r="X15" s="51"/>
       <c r="Y15" s="67"/>
     </row>
     <row r="16" spans="1:35" ht="42">
       <c r="A16" s="17"/>
       <c r="B16" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="C16" s="10" t="s">
         <v>68</v>
       </c>
-      <c r="C16" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D16" s="57" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="E16" s="45" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="F16" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="G16" s="10" t="s">
         <v>68</v>
       </c>
-      <c r="G16" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H16" s="57" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="I16" s="45" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="J16" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="K16" s="10" t="s">
         <v>68</v>
       </c>
-      <c r="K16" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L16" s="57" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="M16" s="45" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="N16" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="O16" s="10" t="s">
         <v>68</v>
       </c>
-      <c r="O16" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P16" s="57" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="Q16" s="45" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="R16" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="S16" s="10" t="s">
         <v>68</v>
       </c>
-      <c r="S16" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T16" s="57" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="U16" s="45" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="V16" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="W16" s="10" t="s">
         <v>68</v>
       </c>
-      <c r="W16" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="X16" s="57" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="Y16" s="45" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
     </row>
     <row r="17" spans="1:25">
       <c r="A17" s="18" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="21"/>
       <c r="C17" s="22"/>
       <c r="D17" s="61" t="str">
         <f t="shared" ref="D17:D24" si="12">IF(ISBLANK(B17)," ",(B17/C17))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="E17" s="70" t="str">
         <f t="shared" ref="E17:E24" si="13">IF(ISBLANK(B17)," ",(B4+F4+J4+N4+R4+V4+B17)/(C4+G4+K4+O4+S4+W4+C17))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="F17" s="21"/>
       <c r="G17" s="22"/>
       <c r="H17" s="61" t="str">
         <f t="shared" ref="H17:H24" si="14">IF(ISBLANK(F17)," ",(F17/G17))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="I17" s="66" t="str">
         <f t="shared" ref="I17:I24" si="15">IF(ISBLANK(F17)," ",(B4+F4+J4+N4+R4+V4+Z4+B17+F17)/(C4+G4+K4+O4+S4+W4+AA4+C17+G17))</f>
         <v xml:space="preserve"> </v>
@@ -26757,51 +26473,51 @@
         <v xml:space="preserve"> </v>
       </c>
       <c r="R22" s="21"/>
       <c r="S22" s="22"/>
       <c r="T22" s="61" t="str">
         <f t="shared" si="20"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="U22" s="66" t="str">
         <f t="shared" si="21"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="V22" s="21"/>
       <c r="W22" s="22"/>
       <c r="X22" s="61" t="str">
         <f t="shared" si="22"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Y22" s="66" t="str">
         <f t="shared" si="23"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="23" spans="1:25">
       <c r="A23" s="18" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="B23" s="21"/>
       <c r="C23" s="22"/>
       <c r="D23" s="61" t="str">
         <f t="shared" si="12"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="E23" s="70" t="str">
         <f t="shared" si="13"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="F23" s="21"/>
       <c r="G23" s="22"/>
       <c r="H23" s="61" t="str">
         <f t="shared" si="14"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="I23" s="66" t="str">
         <f t="shared" si="15"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="J23" s="21"/>
       <c r="K23" s="22"/>
       <c r="L23" s="61" t="str">
         <f t="shared" si="16"/>
@@ -26885,51 +26601,51 @@
         <v xml:space="preserve"> </v>
       </c>
       <c r="R24" s="23"/>
       <c r="S24" s="24"/>
       <c r="T24" s="62" t="str">
         <f t="shared" si="20"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="U24" s="66" t="str">
         <f t="shared" si="21"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="V24" s="23"/>
       <c r="W24" s="24"/>
       <c r="X24" s="62" t="str">
         <f t="shared" si="22"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Y24" s="66" t="str">
         <f t="shared" si="23"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="25" spans="1:25" ht="15" thickBot="1">
       <c r="A25" s="20" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="B25" s="25" t="str">
         <f>IF((B17+B18+B19+B20+B21+B22+B23+B24)=0, " ",(B17+B18+B19+B20+B21+B22+B23+B24))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="C25" s="26" t="str">
         <f>IF((C17+C18+C19+C20+C21+C22+C23+C24)=0, " ",(C17+C18+C19+C20+C21+C22+C23+C24))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="D25" s="126" t="str">
         <f>IF(B25=" "," ",(B25/C25))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="E25" s="47" t="str">
         <f>IF(B25=" "," ",(B12+F12+J12+N12+R12+V12+B25)/(C12+G12+K12+O12+S12+W12+C25))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="F25" s="25" t="str">
         <f>IF((F17+F18+F19+F20+F21+F22+F23+F24)=0, " ",(F17+F18+F19+F20+F21+F22+F23+F24))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="G25" s="26" t="str">
         <f>IF((G17+G18+G19+G20+G21+G22+G23+G24)=0, " ",(G17+G18+G19+G20+G21+G22+G23+G24))</f>
         <v xml:space="preserve"> </v>
       </c>
@@ -27008,89 +26724,89 @@
     </row>
     <row r="26" spans="1:25" ht="15" thickBot="1">
       <c r="A26" s="40"/>
       <c r="B26" s="41"/>
       <c r="C26" s="41"/>
       <c r="D26" s="42"/>
       <c r="E26" s="42"/>
       <c r="F26" s="41"/>
       <c r="G26" s="41"/>
       <c r="H26" s="42"/>
       <c r="I26" s="41"/>
       <c r="J26" s="41"/>
       <c r="K26" s="42"/>
       <c r="L26" s="41"/>
       <c r="M26" s="41"/>
       <c r="N26" s="42"/>
       <c r="O26" s="41"/>
       <c r="P26" s="41"/>
       <c r="Q26" s="42"/>
       <c r="R26" s="41"/>
       <c r="S26" s="41"/>
       <c r="T26" s="42"/>
     </row>
     <row r="27" spans="1:25" ht="15" thickBot="1">
       <c r="B27" s="6" t="s">
+        <v>78</v>
+      </c>
+      <c r="C27" s="7" t="s">
         <v>79</v>
       </c>
-      <c r="C27" s="7" t="s">
+      <c r="D27" s="7" t="s">
         <v>80</v>
       </c>
-      <c r="D27" s="7" t="s">
+      <c r="E27" s="7" t="s">
         <v>81</v>
       </c>
-      <c r="E27" s="7" t="s">
+      <c r="F27" s="7" t="s">
+        <v>65</v>
+      </c>
+      <c r="G27" s="7" t="s">
+        <v>66</v>
+      </c>
+      <c r="H27" s="7" t="s">
+        <v>72</v>
+      </c>
+      <c r="I27" s="7" t="s">
         <v>82</v>
       </c>
-      <c r="F27" s="7" t="s">
-[...8 lines deleted...]
-      <c r="I27" s="7" t="s">
+      <c r="J27" s="7" t="s">
         <v>83</v>
       </c>
-      <c r="J27" s="7" t="s">
+      <c r="K27" s="7" t="s">
         <v>84</v>
       </c>
-      <c r="K27" s="7" t="s">
+      <c r="L27" s="7" t="s">
         <v>85</v>
       </c>
-      <c r="L27" s="7" t="s">
+      <c r="M27" s="80" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="28" spans="1:25" ht="15" thickBot="1">
       <c r="A28" s="79" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B28" s="81">
         <v>0.7</v>
       </c>
       <c r="C28" s="82">
         <v>0.7</v>
       </c>
       <c r="D28" s="82">
         <v>0.7</v>
       </c>
       <c r="E28" s="82">
         <v>0.7</v>
       </c>
       <c r="F28" s="82">
         <v>0.7</v>
       </c>
       <c r="G28" s="82">
         <v>0.7</v>
       </c>
       <c r="H28" s="82">
         <v>0.7</v>
       </c>
       <c r="I28" s="82">
         <v>0.7</v>
       </c>
@@ -27247,235 +26963,235 @@
     </row>
     <row r="46" spans="1:23">
       <c r="A46" s="4"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:Y1"/>
     <mergeCell ref="A14:Y14"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="41" orientation="portrait" r:id="rId1"/>
   <colBreaks count="1" manualBreakCount="1">
     <brk id="26" max="1048575" man="1"/>
   </colBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{77EC50E2-9150-4B40-81FA-B42928FD9E93}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AI46"/>
   <sheetViews>
-    <sheetView topLeftCell="A34" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="N16" sqref="M16:N16"/>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="V4" sqref="V4:W6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="5.6640625" defaultRowHeight="14.4"/>
   <cols>
     <col min="1" max="1" width="22.33203125" style="36" customWidth="1"/>
     <col min="2" max="2" width="6.88671875" style="36" customWidth="1"/>
     <col min="3" max="3" width="9" style="36" customWidth="1"/>
-    <col min="4" max="5" width="7.6640625" style="36" customWidth="1"/>
+    <col min="4" max="5" width="7.77734375" style="36" customWidth="1"/>
     <col min="6" max="6" width="6.88671875" style="36" customWidth="1"/>
     <col min="7" max="7" width="8.88671875" style="36" customWidth="1"/>
-    <col min="8" max="9" width="7.6640625" style="36" customWidth="1"/>
+    <col min="8" max="9" width="7.77734375" style="36" customWidth="1"/>
     <col min="10" max="10" width="6.88671875" style="36" customWidth="1"/>
     <col min="11" max="11" width="8.88671875" style="36" customWidth="1"/>
-    <col min="12" max="13" width="7.6640625" style="36" customWidth="1"/>
+    <col min="12" max="13" width="7.77734375" style="36" customWidth="1"/>
     <col min="14" max="14" width="6.88671875" style="36" customWidth="1"/>
     <col min="15" max="15" width="8.88671875" style="36" customWidth="1"/>
-    <col min="16" max="17" width="7.6640625" style="36" customWidth="1"/>
+    <col min="16" max="17" width="7.77734375" style="36" customWidth="1"/>
     <col min="18" max="18" width="7.109375" style="36" customWidth="1"/>
     <col min="19" max="19" width="8.88671875" style="36" customWidth="1"/>
-    <col min="20" max="21" width="7.6640625" style="36" customWidth="1"/>
+    <col min="20" max="21" width="7.77734375" style="36" customWidth="1"/>
     <col min="22" max="22" width="6.88671875" style="36" customWidth="1"/>
     <col min="23" max="23" width="8.88671875" style="36" customWidth="1"/>
-    <col min="24" max="25" width="7.6640625" style="36" customWidth="1"/>
+    <col min="24" max="25" width="7.77734375" style="36" customWidth="1"/>
     <col min="26" max="16384" width="5.6640625" style="36"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:35" ht="24" thickBot="1">
       <c r="A1" s="150" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="B1" s="151"/>
       <c r="C1" s="151"/>
       <c r="D1" s="151"/>
       <c r="E1" s="151"/>
       <c r="F1" s="151"/>
       <c r="G1" s="151"/>
       <c r="H1" s="151"/>
       <c r="I1" s="151"/>
       <c r="J1" s="151"/>
       <c r="K1" s="151"/>
       <c r="L1" s="151"/>
       <c r="M1" s="151"/>
       <c r="N1" s="151"/>
       <c r="O1" s="151"/>
       <c r="P1" s="151"/>
       <c r="Q1" s="151"/>
       <c r="R1" s="151"/>
       <c r="S1" s="151"/>
       <c r="T1" s="151"/>
       <c r="U1" s="151"/>
       <c r="V1" s="151"/>
       <c r="W1" s="151"/>
       <c r="X1" s="151"/>
       <c r="Y1" s="152"/>
       <c r="Z1" s="133"/>
       <c r="AA1" s="1"/>
       <c r="AB1" s="1"/>
       <c r="AC1" s="1"/>
       <c r="AD1" s="1"/>
       <c r="AE1" s="1"/>
       <c r="AF1" s="68"/>
       <c r="AG1" s="2"/>
       <c r="AH1" s="2"/>
       <c r="AI1" s="2"/>
     </row>
     <row r="2" spans="1:35">
       <c r="A2" s="48"/>
       <c r="B2" s="49" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="C2" s="50"/>
       <c r="D2" s="51"/>
       <c r="E2" s="67"/>
       <c r="F2" s="49" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="G2" s="50"/>
       <c r="H2" s="51"/>
       <c r="I2" s="67"/>
       <c r="J2" s="49" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="K2" s="50"/>
       <c r="L2" s="51"/>
       <c r="M2" s="67"/>
       <c r="N2" s="49" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="O2" s="50"/>
       <c r="P2" s="51"/>
       <c r="Q2" s="67"/>
       <c r="R2" s="49" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="S2" s="50"/>
       <c r="T2" s="51"/>
       <c r="U2" s="67"/>
       <c r="V2" s="6" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="W2" s="7"/>
       <c r="X2" s="8"/>
       <c r="Y2" s="69"/>
     </row>
     <row r="3" spans="1:35" ht="42">
       <c r="A3" s="17"/>
       <c r="B3" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="C3" s="10" t="s">
         <v>68</v>
       </c>
-      <c r="C3" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D3" s="57" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="E3" s="45" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="F3" s="64" t="s">
+        <v>67</v>
+      </c>
+      <c r="G3" s="10" t="s">
         <v>68</v>
       </c>
-      <c r="G3" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H3" s="57" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="I3" s="45" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="J3" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="K3" s="10" t="s">
         <v>68</v>
       </c>
-      <c r="K3" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L3" s="57" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="M3" s="45" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="N3" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="O3" s="10" t="s">
         <v>68</v>
       </c>
-      <c r="O3" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P3" s="57" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="Q3" s="45" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="R3" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="S3" s="10" t="s">
         <v>68</v>
       </c>
-      <c r="S3" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T3" s="57" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="U3" s="45" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="V3" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="W3" s="10" t="s">
         <v>68</v>
       </c>
-      <c r="W3" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="X3" s="57" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="Y3" s="45" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="AA3" s="5"/>
     </row>
     <row r="4" spans="1:35">
       <c r="A4" s="18" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="B4" s="11">
         <v>3</v>
       </c>
       <c r="C4" s="12">
         <v>3</v>
       </c>
       <c r="D4" s="58">
         <f>IF(ISBLANK(B4)," ",(B4/C4))</f>
         <v>1</v>
       </c>
       <c r="E4" s="66">
         <f>IF(ISBLANK(B4)," ",(B4/C4))</f>
         <v>1</v>
       </c>
       <c r="F4" s="65">
         <v>5</v>
       </c>
       <c r="G4" s="12">
         <v>7</v>
       </c>
       <c r="H4" s="58">
         <f>IF(ISBLANK(F4)," ",(F4/G4))</f>
         <v>0.7142857142857143</v>
       </c>
@@ -27508,51 +27224,51 @@
         <v xml:space="preserve"> </v>
       </c>
       <c r="R4" s="11"/>
       <c r="S4" s="12"/>
       <c r="T4" s="58" t="str">
         <f t="shared" ref="T4:T11" si="4">IF(ISBLANK(R4)," ",(R4/S4))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="U4" s="66" t="str">
         <f t="shared" ref="U4:U11" si="5">IF(ISBLANK(R4)," ",(B4+F4+J4+N4+R4)/(C4+G4+K4+O4+S4))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="V4" s="11"/>
       <c r="W4" s="12"/>
       <c r="X4" s="58" t="str">
         <f t="shared" ref="X4:X11" si="6">IF(ISBLANK(V4)," ",(V4/W4))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Y4" s="66" t="str">
         <f t="shared" ref="Y4:Y11" si="7">IF(ISBLANK(V4)," ",(B4+F4+J4+N4+R4+V4)/(C4+G4+K4+O4+S4+W4))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="5" spans="1:35">
       <c r="A5" s="18" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="B5" s="11">
         <v>9</v>
       </c>
       <c r="C5" s="12">
         <v>11</v>
       </c>
       <c r="D5" s="58">
         <f t="shared" ref="D5:D11" si="8">IF(ISBLANK(B5)," ",(B5/C5))</f>
         <v>0.81818181818181823</v>
       </c>
       <c r="E5" s="66">
         <f t="shared" ref="E5:E11" si="9">IF(ISBLANK(B5)," ",(B5/C5))</f>
         <v>0.81818181818181823</v>
       </c>
       <c r="F5" s="65">
         <v>9</v>
       </c>
       <c r="G5" s="12">
         <v>13</v>
       </c>
       <c r="H5" s="58">
         <f t="shared" ref="H5:H11" si="10">IF(ISBLANK(F5)," ",(F5/G5))</f>
         <v>0.69230769230769229</v>
       </c>
@@ -27585,51 +27301,51 @@
         <v xml:space="preserve"> </v>
       </c>
       <c r="R5" s="11"/>
       <c r="S5" s="12"/>
       <c r="T5" s="58" t="str">
         <f t="shared" si="4"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="U5" s="66" t="str">
         <f t="shared" si="5"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="V5" s="11"/>
       <c r="W5" s="12"/>
       <c r="X5" s="58" t="str">
         <f t="shared" si="6"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Y5" s="66" t="str">
         <f t="shared" si="7"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="6" spans="1:35">
       <c r="A6" s="18" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B6" s="11">
         <v>3</v>
       </c>
       <c r="C6" s="12">
         <v>4</v>
       </c>
       <c r="D6" s="58">
         <f t="shared" si="8"/>
         <v>0.75</v>
       </c>
       <c r="E6" s="66">
         <f t="shared" si="9"/>
         <v>0.75</v>
       </c>
       <c r="F6" s="65">
         <v>1</v>
       </c>
       <c r="G6" s="12">
         <v>5</v>
       </c>
       <c r="H6" s="58">
         <f t="shared" si="10"/>
         <v>0.2</v>
       </c>
@@ -27662,51 +27378,51 @@
         <v xml:space="preserve"> </v>
       </c>
       <c r="R6" s="11"/>
       <c r="S6" s="12"/>
       <c r="T6" s="58" t="str">
         <f t="shared" si="4"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="U6" s="66" t="str">
         <f t="shared" si="5"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="V6" s="11"/>
       <c r="W6" s="12"/>
       <c r="X6" s="58" t="str">
         <f t="shared" si="6"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Y6" s="66" t="str">
         <f t="shared" si="7"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="7" spans="1:35">
       <c r="A7" s="18" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="B7" s="11"/>
       <c r="C7" s="12"/>
       <c r="D7" s="58" t="str">
         <f t="shared" si="8"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="E7" s="66" t="str">
         <f t="shared" si="9"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="F7" s="65"/>
       <c r="G7" s="12"/>
       <c r="H7" s="58" t="str">
         <f t="shared" si="10"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="I7" s="66" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="J7" s="11"/>
       <c r="K7" s="12"/>
       <c r="L7" s="58" t="str">
         <f t="shared" si="11"/>
@@ -27727,51 +27443,51 @@
         <v xml:space="preserve"> </v>
       </c>
       <c r="R7" s="11"/>
       <c r="S7" s="12"/>
       <c r="T7" s="58" t="str">
         <f t="shared" si="4"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="U7" s="66" t="str">
         <f t="shared" si="5"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="V7" s="11"/>
       <c r="W7" s="12"/>
       <c r="X7" s="58" t="str">
         <f t="shared" si="6"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Y7" s="66" t="str">
         <f t="shared" si="7"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="8" spans="1:35">
       <c r="A8" s="18" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="B8" s="11"/>
       <c r="C8" s="12"/>
       <c r="D8" s="58" t="str">
         <f t="shared" si="8"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="E8" s="66" t="str">
         <f t="shared" si="9"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="F8" s="65"/>
       <c r="G8" s="12"/>
       <c r="H8" s="58" t="str">
         <f t="shared" si="10"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="I8" s="66" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="J8" s="11"/>
       <c r="K8" s="12"/>
       <c r="L8" s="58" t="str">
         <f t="shared" si="11"/>
@@ -27792,51 +27508,51 @@
         <v xml:space="preserve"> </v>
       </c>
       <c r="R8" s="11"/>
       <c r="S8" s="12"/>
       <c r="T8" s="58" t="str">
         <f t="shared" si="4"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="U8" s="66" t="str">
         <f t="shared" si="5"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="V8" s="11"/>
       <c r="W8" s="12"/>
       <c r="X8" s="58" t="str">
         <f t="shared" si="6"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Y8" s="66" t="str">
         <f t="shared" si="7"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="9" spans="1:35">
       <c r="A9" s="18" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="B9" s="11"/>
       <c r="C9" s="12"/>
       <c r="D9" s="58" t="str">
         <f t="shared" si="8"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="E9" s="66" t="str">
         <f t="shared" si="9"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="F9" s="65"/>
       <c r="G9" s="12"/>
       <c r="H9" s="58" t="str">
         <f t="shared" si="10"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="I9" s="66" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="J9" s="11"/>
       <c r="K9" s="12"/>
       <c r="L9" s="58" t="str">
         <f t="shared" si="11"/>
@@ -27857,51 +27573,51 @@
         <v xml:space="preserve"> </v>
       </c>
       <c r="R9" s="11"/>
       <c r="S9" s="12"/>
       <c r="T9" s="58" t="str">
         <f t="shared" si="4"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="U9" s="66" t="str">
         <f t="shared" si="5"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="V9" s="11"/>
       <c r="W9" s="12"/>
       <c r="X9" s="58" t="str">
         <f t="shared" si="6"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Y9" s="66" t="str">
         <f t="shared" si="7"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="10" spans="1:35">
       <c r="A10" s="18" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="B10" s="11"/>
       <c r="C10" s="12"/>
       <c r="D10" s="58" t="str">
         <f t="shared" si="8"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="E10" s="66" t="str">
         <f t="shared" si="9"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="F10" s="65"/>
       <c r="G10" s="12"/>
       <c r="H10" s="58" t="str">
         <f t="shared" si="10"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="I10" s="66" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="J10" s="11"/>
       <c r="K10" s="12"/>
       <c r="L10" s="58" t="str">
         <f t="shared" si="11"/>
@@ -27922,51 +27638,51 @@
         <v xml:space="preserve"> </v>
       </c>
       <c r="R10" s="11"/>
       <c r="S10" s="12"/>
       <c r="T10" s="58" t="str">
         <f t="shared" si="4"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="U10" s="66" t="str">
         <f t="shared" si="5"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="V10" s="11"/>
       <c r="W10" s="12"/>
       <c r="X10" s="58" t="str">
         <f t="shared" si="6"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Y10" s="66" t="str">
         <f t="shared" si="7"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="11" spans="1:35" ht="15" thickBot="1">
       <c r="A11" s="19" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="B11" s="117"/>
       <c r="C11" s="118"/>
       <c r="D11" s="119" t="str">
         <f t="shared" si="8"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="E11" s="120" t="str">
         <f t="shared" si="9"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="F11" s="121"/>
       <c r="G11" s="118"/>
       <c r="H11" s="119" t="str">
         <f t="shared" si="10"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="I11" s="120" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="J11" s="117"/>
       <c r="K11" s="118"/>
       <c r="L11" s="119" t="str">
         <f t="shared" si="11"/>
@@ -27987,51 +27703,51 @@
         <v xml:space="preserve"> </v>
       </c>
       <c r="R11" s="13"/>
       <c r="S11" s="14"/>
       <c r="T11" s="119" t="str">
         <f t="shared" si="4"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="U11" s="66" t="str">
         <f t="shared" si="5"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="V11" s="13"/>
       <c r="W11" s="14"/>
       <c r="X11" s="59" t="str">
         <f t="shared" si="6"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Y11" s="66" t="str">
         <f t="shared" si="7"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="12" spans="1:35" ht="15" thickBot="1">
       <c r="A12" s="20" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B12" s="15">
         <f>IF((B4+B5+B6+B7+B8+B9+B10+B11)=0, " ",(B4+B5+B6+B7+B8+B9+B10+B11))</f>
         <v>15</v>
       </c>
       <c r="C12" s="16">
         <f>IF((C4+C5+C6+C7+C8+C9+C10+C11)=0, " ",(C4+C5+C6+C7+C8+C9+C10+C11))</f>
         <v>18</v>
       </c>
       <c r="D12" s="44">
         <f>IF(B12=" "," ",(B12/C12))</f>
         <v>0.83333333333333337</v>
       </c>
       <c r="E12" s="46">
         <f>IF(B12=" "," ",(B12)/(C12))</f>
         <v>0.83333333333333337</v>
       </c>
       <c r="F12" s="15">
         <f>IF((F4+F5+F6+F7+F8+F9+F10+F11)=0, " ",(F4+F5+F6+F7+F8+F9+F10+F11))</f>
         <v>15</v>
       </c>
       <c r="G12" s="16">
         <f>IF((G4+G5+G6+G7+G8+G9+G10+G11)=0, " ",(G4+G5+G6+G7+G8+G9+G10+G11))</f>
         <v>25</v>
       </c>
@@ -28089,194 +27805,194 @@
       </c>
       <c r="U12" s="46" t="str">
         <f>IF(R12=" "," ",(B12+F12+J12+N12+R12)/(C12+G12+K12+O12+S12))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="V12" s="15" t="str">
         <f>IF((V4+V5+V6+V7+V8+V9+V10+V11)=0, " ",(V4+V5+V6+V7+V8+V9+V10+V11))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="W12" s="16" t="str">
         <f>IF((W4+W5+W6+W7+W8+W9+W10+W11)=0, " ",(W4+W5+W6+W7+W8+W9+W10+W11))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="X12" s="60" t="str">
         <f>IF(V12=" "," ",(V12/W12))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Y12" s="46" t="str">
         <f>IF(V12=" "," ",(B12+F12+J12+N12+R12+V12)/(C12+G12+K12+O12+S12+W12))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="13" spans="1:35" ht="15" thickBot="1"/>
     <row r="14" spans="1:35" ht="24" thickBot="1">
       <c r="A14" s="150" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="B14" s="151"/>
       <c r="C14" s="151"/>
       <c r="D14" s="151"/>
       <c r="E14" s="151"/>
       <c r="F14" s="151"/>
       <c r="G14" s="151"/>
       <c r="H14" s="151"/>
       <c r="I14" s="151"/>
       <c r="J14" s="151"/>
       <c r="K14" s="151"/>
       <c r="L14" s="151"/>
       <c r="M14" s="151"/>
       <c r="N14" s="151"/>
       <c r="O14" s="151"/>
       <c r="P14" s="151"/>
       <c r="Q14" s="151"/>
       <c r="R14" s="151"/>
       <c r="S14" s="151"/>
       <c r="T14" s="151"/>
       <c r="U14" s="151"/>
       <c r="V14" s="151"/>
       <c r="W14" s="151"/>
       <c r="X14" s="151"/>
       <c r="Y14" s="152"/>
     </row>
     <row r="15" spans="1:35">
       <c r="A15" s="48"/>
       <c r="B15" s="49" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="C15" s="50"/>
       <c r="D15" s="51"/>
       <c r="E15" s="54"/>
       <c r="F15" s="49" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="G15" s="50"/>
       <c r="H15" s="51"/>
       <c r="I15" s="67"/>
       <c r="J15" s="49" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="K15" s="50"/>
       <c r="L15" s="51"/>
       <c r="M15" s="67"/>
       <c r="N15" s="49" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="O15" s="50"/>
       <c r="P15" s="51"/>
       <c r="Q15" s="67"/>
       <c r="R15" s="49" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="S15" s="50"/>
       <c r="T15" s="51"/>
       <c r="U15" s="67"/>
       <c r="V15" s="49" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="W15" s="50"/>
       <c r="X15" s="51"/>
       <c r="Y15" s="67"/>
     </row>
     <row r="16" spans="1:35" ht="42">
       <c r="A16" s="17"/>
       <c r="B16" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="C16" s="10" t="s">
         <v>68</v>
       </c>
-      <c r="C16" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D16" s="57" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="E16" s="45" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="F16" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="G16" s="10" t="s">
         <v>68</v>
       </c>
-      <c r="G16" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H16" s="57" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="I16" s="45" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="J16" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="K16" s="10" t="s">
         <v>68</v>
       </c>
-      <c r="K16" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L16" s="57" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="M16" s="45" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="N16" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="O16" s="10" t="s">
         <v>68</v>
       </c>
-      <c r="O16" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P16" s="57" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="Q16" s="45" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="R16" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="S16" s="10" t="s">
         <v>68</v>
       </c>
-      <c r="S16" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T16" s="57" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="U16" s="45" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="V16" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="W16" s="10" t="s">
         <v>68</v>
       </c>
-      <c r="W16" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="X16" s="57" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="Y16" s="45" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
     </row>
     <row r="17" spans="1:25">
       <c r="A17" s="18" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="B17" s="21"/>
       <c r="C17" s="22"/>
       <c r="D17" s="61" t="str">
         <f t="shared" ref="D17:D24" si="12">IF(ISBLANK(B17)," ",(B17/C17))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="E17" s="70" t="str">
         <f t="shared" ref="E17:E24" si="13">IF(ISBLANK(B17)," ",(B4+F4+J4+N4+R4+V4+B17)/(C4+G4+K4+O4+S4+W4+C17))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="F17" s="21"/>
       <c r="G17" s="22"/>
       <c r="H17" s="61" t="str">
         <f t="shared" ref="H17:H24" si="14">IF(ISBLANK(F17)," ",(F17/G17))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="I17" s="66" t="str">
         <f t="shared" ref="I17:I24" si="15">IF(ISBLANK(F17)," ",(B4+F4+J4+N4+R4+V4+Z4+B17+F17)/(C4+G4+K4+O4+S4+W4+AA4+C17+G17))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="J17" s="21"/>
       <c r="K17" s="22"/>
       <c r="L17" s="61" t="str">
         <f t="shared" ref="L17:L24" si="16">IF(ISBLANK(J17)," ",(J17/K17))</f>
@@ -28297,51 +28013,51 @@
         <v xml:space="preserve"> </v>
       </c>
       <c r="R17" s="21"/>
       <c r="S17" s="22"/>
       <c r="T17" s="61" t="str">
         <f t="shared" ref="T17:T24" si="20">IF(ISBLANK(R17)," ",(R17/S17))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="U17" s="66" t="str">
         <f t="shared" ref="U17:U24" si="21">IF(ISBLANK(R17)," ",(B4+F4+J4+N4+R4+V4+Z4+AD4+AH4+AL4+B17+F17+J17+N17+R17)/(C4+G4+K4+O4+S4+W4+AA4+AE4+AI4+AM4+C17+G17+K17+O17+S17))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="V17" s="21"/>
       <c r="W17" s="22"/>
       <c r="X17" s="61" t="str">
         <f t="shared" ref="X17:X24" si="22">IF(ISBLANK(V17)," ",(V17/W17))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Y17" s="66" t="str">
         <f t="shared" ref="Y17:Y24" si="23">IF(ISBLANK(V17)," ",(B4+F4+J4+N4+R4+V4+Z4+AD4+AH4+AL4+AP4+B17+F17+J17+N17+R17+V17)/(C4+G4+K4+O4+S4+W4+AA4+AE4+AI4+AM4+AQ4+C17+G17+K17+O17+S17+W17))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="18" spans="1:25">
       <c r="A18" s="18" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="B18" s="21"/>
       <c r="C18" s="22"/>
       <c r="D18" s="61" t="str">
         <f t="shared" si="12"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="E18" s="70" t="str">
         <f t="shared" si="13"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="F18" s="21"/>
       <c r="G18" s="22"/>
       <c r="H18" s="61" t="str">
         <f t="shared" si="14"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="I18" s="66" t="str">
         <f t="shared" si="15"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="J18" s="21"/>
       <c r="K18" s="22"/>
       <c r="L18" s="61" t="str">
         <f t="shared" si="16"/>
@@ -28362,51 +28078,51 @@
         <v xml:space="preserve"> </v>
       </c>
       <c r="R18" s="21"/>
       <c r="S18" s="22"/>
       <c r="T18" s="61" t="str">
         <f t="shared" si="20"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="U18" s="66" t="str">
         <f t="shared" si="21"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="V18" s="21"/>
       <c r="W18" s="22"/>
       <c r="X18" s="61" t="str">
         <f t="shared" si="22"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Y18" s="66" t="str">
         <f t="shared" si="23"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="19" spans="1:25">
       <c r="A19" s="18" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B19" s="21"/>
       <c r="C19" s="22"/>
       <c r="D19" s="61" t="str">
         <f t="shared" si="12"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="E19" s="70" t="str">
         <f t="shared" si="13"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="F19" s="21"/>
       <c r="G19" s="22"/>
       <c r="H19" s="61" t="str">
         <f t="shared" si="14"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="I19" s="66" t="str">
         <f t="shared" si="15"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="J19" s="21"/>
       <c r="K19" s="22"/>
       <c r="L19" s="61" t="str">
         <f t="shared" si="16"/>
@@ -28427,51 +28143,51 @@
         <v xml:space="preserve"> </v>
       </c>
       <c r="R19" s="21"/>
       <c r="S19" s="22"/>
       <c r="T19" s="61" t="str">
         <f t="shared" si="20"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="U19" s="66" t="str">
         <f t="shared" si="21"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="V19" s="21"/>
       <c r="W19" s="22"/>
       <c r="X19" s="61" t="str">
         <f t="shared" si="22"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Y19" s="66" t="str">
         <f t="shared" si="23"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="20" spans="1:25">
       <c r="A20" s="18" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="B20" s="21"/>
       <c r="C20" s="22"/>
       <c r="D20" s="61" t="str">
         <f t="shared" si="12"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="E20" s="70" t="str">
         <f t="shared" si="13"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="F20" s="21"/>
       <c r="G20" s="22"/>
       <c r="H20" s="61" t="str">
         <f t="shared" si="14"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="I20" s="66" t="str">
         <f t="shared" si="15"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="J20" s="21"/>
       <c r="K20" s="22"/>
       <c r="L20" s="61" t="str">
         <f t="shared" si="16"/>
@@ -28492,51 +28208,51 @@
         <v xml:space="preserve"> </v>
       </c>
       <c r="R20" s="21"/>
       <c r="S20" s="22"/>
       <c r="T20" s="61" t="str">
         <f t="shared" si="20"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="U20" s="66" t="str">
         <f t="shared" si="21"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="V20" s="21"/>
       <c r="W20" s="22"/>
       <c r="X20" s="61" t="str">
         <f t="shared" si="22"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Y20" s="66" t="str">
         <f t="shared" si="23"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="21" spans="1:25">
       <c r="A21" s="18" t="s">
-        <v>104</v>
+        <v>51</v>
       </c>
       <c r="B21" s="21"/>
       <c r="C21" s="22"/>
       <c r="D21" s="61" t="str">
         <f t="shared" si="12"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="E21" s="70" t="str">
         <f t="shared" si="13"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="F21" s="21"/>
       <c r="G21" s="22"/>
       <c r="H21" s="61" t="str">
         <f t="shared" si="14"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="I21" s="66" t="str">
         <f t="shared" si="15"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="J21" s="21"/>
       <c r="K21" s="22"/>
       <c r="L21" s="61" t="str">
         <f t="shared" si="16"/>
@@ -28557,51 +28273,51 @@
         <v xml:space="preserve"> </v>
       </c>
       <c r="R21" s="21"/>
       <c r="S21" s="22"/>
       <c r="T21" s="61" t="str">
         <f t="shared" si="20"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="U21" s="66" t="str">
         <f t="shared" si="21"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="V21" s="21"/>
       <c r="W21" s="22"/>
       <c r="X21" s="61" t="str">
         <f t="shared" si="22"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Y21" s="66" t="str">
         <f t="shared" si="23"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="22" spans="1:25">
       <c r="A22" s="18" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="B22" s="21"/>
       <c r="C22" s="22"/>
       <c r="D22" s="61" t="str">
         <f t="shared" si="12"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="E22" s="70" t="str">
         <f t="shared" si="13"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="F22" s="21"/>
       <c r="G22" s="22"/>
       <c r="H22" s="61" t="str">
         <f t="shared" si="14"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="I22" s="66" t="str">
         <f t="shared" si="15"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="J22" s="21"/>
       <c r="K22" s="22"/>
       <c r="L22" s="61" t="str">
         <f t="shared" si="16"/>
@@ -28622,51 +28338,51 @@
         <v xml:space="preserve"> </v>
       </c>
       <c r="R22" s="21"/>
       <c r="S22" s="22"/>
       <c r="T22" s="61" t="str">
         <f t="shared" si="20"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="U22" s="66" t="str">
         <f t="shared" si="21"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="V22" s="21"/>
       <c r="W22" s="22"/>
       <c r="X22" s="61" t="str">
         <f t="shared" si="22"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Y22" s="66" t="str">
         <f t="shared" si="23"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="23" spans="1:25">
       <c r="A23" s="18" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="B23" s="21"/>
       <c r="C23" s="22"/>
       <c r="D23" s="61" t="str">
         <f t="shared" si="12"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="E23" s="70" t="str">
         <f t="shared" si="13"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="F23" s="21"/>
       <c r="G23" s="22"/>
       <c r="H23" s="61" t="str">
         <f t="shared" si="14"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="I23" s="66" t="str">
         <f t="shared" si="15"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="J23" s="21"/>
       <c r="K23" s="22"/>
       <c r="L23" s="61" t="str">
         <f t="shared" si="16"/>
@@ -28687,51 +28403,51 @@
         <v xml:space="preserve"> </v>
       </c>
       <c r="R23" s="21"/>
       <c r="S23" s="22"/>
       <c r="T23" s="61" t="str">
         <f t="shared" si="20"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="U23" s="66" t="str">
         <f t="shared" si="21"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="V23" s="21"/>
       <c r="W23" s="22"/>
       <c r="X23" s="61" t="str">
         <f t="shared" si="22"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Y23" s="66" t="str">
         <f t="shared" si="23"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="24" spans="1:25" ht="15" thickBot="1">
       <c r="A24" s="19" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="B24" s="122"/>
       <c r="C24" s="123"/>
       <c r="D24" s="124" t="str">
         <f t="shared" si="12"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="E24" s="125" t="str">
         <f t="shared" si="13"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="F24" s="23"/>
       <c r="G24" s="24"/>
       <c r="H24" s="62" t="str">
         <f t="shared" si="14"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="I24" s="66" t="str">
         <f t="shared" si="15"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="J24" s="23"/>
       <c r="K24" s="24"/>
       <c r="L24" s="62" t="str">
         <f t="shared" si="16"/>
@@ -28752,51 +28468,51 @@
         <v xml:space="preserve"> </v>
       </c>
       <c r="R24" s="23"/>
       <c r="S24" s="24"/>
       <c r="T24" s="62" t="str">
         <f t="shared" si="20"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="U24" s="66" t="str">
         <f t="shared" si="21"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="V24" s="23"/>
       <c r="W24" s="24"/>
       <c r="X24" s="62" t="str">
         <f t="shared" si="22"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Y24" s="66" t="str">
         <f t="shared" si="23"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="25" spans="1:25" ht="15" thickBot="1">
       <c r="A25" s="20" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="B25" s="25" t="str">
         <f>IF((B17+B18+B19+B20+B21+B22+B23+B24)=0, " ",(B17+B18+B19+B20+B21+B22+B23+B24))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="C25" s="26" t="str">
         <f>IF((C17+C18+C19+C20+C21+C22+C23+C24)=0, " ",(C17+C18+C19+C20+C21+C22+C23+C24))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="D25" s="126" t="str">
         <f>IF(B25=" "," ",(B25/C25))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="E25" s="47" t="str">
         <f>IF(B25=" "," ",(B12+F12+J12+N12+R12+V12+B25)/(C12+G12+K12+O12+S12+W12+C25))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="F25" s="25" t="str">
         <f>IF((F17+F18+F19+F20+F21+F22+F23+F24)=0, " ",(F17+F18+F19+F20+F21+F22+F23+F24))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="G25" s="26" t="str">
         <f>IF((G17+G18+G19+G20+G21+G22+G23+G24)=0, " ",(G17+G18+G19+G20+G21+G22+G23+G24))</f>
         <v xml:space="preserve"> </v>
       </c>
@@ -28875,89 +28591,89 @@
     </row>
     <row r="26" spans="1:25" ht="15" thickBot="1">
       <c r="A26" s="40"/>
       <c r="B26" s="41"/>
       <c r="C26" s="41"/>
       <c r="D26" s="42"/>
       <c r="E26" s="42"/>
       <c r="F26" s="41"/>
       <c r="G26" s="41"/>
       <c r="H26" s="42"/>
       <c r="I26" s="41"/>
       <c r="J26" s="41"/>
       <c r="K26" s="42"/>
       <c r="L26" s="41"/>
       <c r="M26" s="41"/>
       <c r="N26" s="42"/>
       <c r="O26" s="41"/>
       <c r="P26" s="41"/>
       <c r="Q26" s="42"/>
       <c r="R26" s="41"/>
       <c r="S26" s="41"/>
       <c r="T26" s="42"/>
     </row>
     <row r="27" spans="1:25" ht="15" thickBot="1">
       <c r="B27" s="6" t="s">
+        <v>78</v>
+      </c>
+      <c r="C27" s="7" t="s">
         <v>79</v>
       </c>
-      <c r="C27" s="7" t="s">
+      <c r="D27" s="7" t="s">
         <v>80</v>
       </c>
-      <c r="D27" s="7" t="s">
+      <c r="E27" s="7" t="s">
         <v>81</v>
       </c>
-      <c r="E27" s="7" t="s">
+      <c r="F27" s="7" t="s">
+        <v>65</v>
+      </c>
+      <c r="G27" s="7" t="s">
+        <v>66</v>
+      </c>
+      <c r="H27" s="7" t="s">
+        <v>72</v>
+      </c>
+      <c r="I27" s="7" t="s">
         <v>82</v>
       </c>
-      <c r="F27" s="7" t="s">
-[...8 lines deleted...]
-      <c r="I27" s="7" t="s">
+      <c r="J27" s="7" t="s">
         <v>83</v>
       </c>
-      <c r="J27" s="7" t="s">
+      <c r="K27" s="7" t="s">
         <v>84</v>
       </c>
-      <c r="K27" s="7" t="s">
+      <c r="L27" s="7" t="s">
         <v>85</v>
       </c>
-      <c r="L27" s="7" t="s">
+      <c r="M27" s="80" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="28" spans="1:25" ht="15" thickBot="1">
       <c r="A28" s="79" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B28" s="81">
         <v>0.7</v>
       </c>
       <c r="C28" s="82">
         <v>0.7</v>
       </c>
       <c r="D28" s="82">
         <v>0.7</v>
       </c>
       <c r="E28" s="82">
         <v>0.7</v>
       </c>
       <c r="F28" s="82">
         <v>0.7</v>
       </c>
       <c r="G28" s="82">
         <v>0.7</v>
       </c>
       <c r="H28" s="82">
         <v>0.7</v>
       </c>
       <c r="I28" s="82">
         <v>0.7</v>
       </c>
@@ -29120,76 +28836,50 @@
     <mergeCell ref="A1:Y1"/>
     <mergeCell ref="A14:Y14"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="41" orientation="portrait" r:id="rId1"/>
   <colBreaks count="1" manualBreakCount="1">
     <brk id="26" max="1048575" man="1"/>
   </colBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...24 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010071781EF5B65D654C8B17653D7D63DEF5" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="debed2ac1ad45a04608b5b33d3ec8426">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a20d4877-da4e-45ff-ab07-6a81f53a6419" xmlns:ns3="3a4037c2-2af2-4bf5-b4e3-b64d04f007b5" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="81dd29d8498f84e9dd6181b06fcc82a0" ns2:_="" ns3:_="">
     <xsd:import namespace="a20d4877-da4e-45ff-ab07-6a81f53a6419"/>
     <xsd:import namespace="3a4037c2-2af2-4bf5-b4e3-b64d04f007b5"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -29362,90 +29052,116 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="a20d4877-da4e-45ff-ab07-6a81f53a6419">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <SharedWithUsers xmlns="3a4037c2-2af2-4bf5-b4e3-b64d04f007b5">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E1CAA4EF-EBB9-4506-B568-969D4A395C8A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a20d4877-da4e-45ff-ab07-6a81f53a6419"/>
     <ds:schemaRef ds:uri="3a4037c2-2af2-4bf5-b4e3-b64d04f007b5"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{06D1B11B-5E31-4128-A7B8-5F8986A81089}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A48640E6-0271-42BE-A69F-C18FD29AAAD1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="3a4037c2-2af2-4bf5-b4e3-b64d04f007b5"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="a20d4877-da4e-45ff-ab07-6a81f53a6419"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{f4e2d11c-fae4-453b-b6c0-2964663779aa}" enabled="0" method="" siteId="{f4e2d11c-fae4-453b-b6c0-2964663779aa}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>7</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>